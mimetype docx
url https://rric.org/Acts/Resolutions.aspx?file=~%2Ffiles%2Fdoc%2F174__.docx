--- v0 (2025-11-03)
+++ v1 (2026-02-20)
@@ -1,44229 +1,5888 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00E02914" w:rsidRPr="00E02914" w:rsidRDefault="00E02914" w:rsidP="00E02914">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="007E6E36">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="00F41012">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003927FE" w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(редакция </w:t>
+      </w:r>
+      <w:r w:rsidR="003927FE" w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>на 24 декабря 2025 г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="head"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ПРАВИТЕЛЬСТВО ПРИДНЕСТРОВСКОЙ МОЛДАВСКОЙ РЕСПУБЛИКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="head"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="head"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>от 6 августа 2013 г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>№ 174</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="head"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об утверждении Правил </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>предоставления коммунальных услуг собственникам и пользователям помещений в многоквартирных жилых домах, а также индивидуальных жилых домов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="head"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>САЗ (19.08.2013) № 13-32</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">На основании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:u w:color="0000FF"/>
+        </w:rPr>
+        <w:t>статьи 76-6 Конституции Приднестровской Молдавской Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:u w:color="0000FF"/>
+        </w:rPr>
+        <w:t>Конституционного закона Приднестровской Молдавской Республики от 30 ноября 2011 года № 224-КЗ-V "О Правительстве Приднестровской Молдавской Республики"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> (САЗ 11-48) с дополнением, внесенным </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:u w:color="0000FF"/>
+        </w:rPr>
+        <w:t>Конституционным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:u w:color="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законом Приднестровской Молдавской Республики от 26 октября 2012 года № 206-КЗД-V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t> (САЗ 12-44), во исполнение Жилищного кодекса Приднестровской Молдавской Республики, Правительство Приднестровской Молдавской Республики постановляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> Утвердить Правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> предоставления коммунальных услуг собственникам и пользователям помещений в многоквартирных жилых домах, а также индивидуальных жилых домов (далее – Правила) (прилагаются).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> Установить, что Правила применяются к отношениям, вытекающим из ранее заключенн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ых договоров, содержащих условия предоставления коммунальных услуг в части прав и обязанностей, которые возникнут после вступления в силу данных Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> Установить, что разъяснения по применению Правил, утвержденных настоящим Постановлением, дает Госуда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>рственная служба энергетики и жилищно-коммунального хозяйства Приднестровской Молдавской Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> Настоящее Постановление вступает в силу со дня, следующего за днем его официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Председатель Правительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Приднестровской Молдавской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Т. Туранская</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:lastRenderedPageBreak/>
+        <w:t>г. Тирасполь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>6 августа 2013 г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>№ 174</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>к Постановлению Правительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Приднестровской Молдавской Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>от 6 августа 2013 года № 174</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>предоставления коммунальных услуг собственникам и пользователям помещений в мн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>огоквартирных жилых домах, а также индивидуальных жилых домов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>1. Настоящие Правила регулируют отношения по предоставлению коммунальных услуг потребителям коммунальных услуг в помещениях многоквартирных жилых домов, индивидуальных жилых д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">омах, в том числе отношения между производителем и потребителями коммунальных услуг, устанавливают их права и обязанности, а также устанавливают порядок контроля качества предоставления коммунальных услуг, порядок определения размера платы за коммунальные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>услуги с использованием приборов учета и при их отсутствии, порядок перерасчета размера платы за отдельные виды коммунальных услуг в период временного отсутствия потребителей в занимаемом жилом помещении, порядок изменения размера платы за коммунальные усл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>уги при предоставлении коммунальных услуг ненадлежащего качества и (или) с перерывами, превышающими установленную продолжительность, определяют основания и порядок приостановления или ограничения предоставления коммунальных услуг, а также регламентируют во</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>просы, связанные с наступлением ответственности производителей и потребителей коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>2. Понятия, используемые в настоящих Правилах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) производитель коммунальных услуг - юридическое лицо, независимо от организационно-правовой формы, имеющее на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> праве собственности или ином законном основании технологическое устройство, используемое для производства и (или) реализации коммунальных услуг (отведение сточных бытовых вод), а также индивидуальный предприниматель, оказывающий услуги по сбору и транспор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>тированию твердых бытовых отходов III и IV классов опасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) технологическое устройство - набор приспособлений и оборудования, являющийся частью системы инженерно-технического обеспечения многоквартирного жилого дома, с помощью которого происходит прие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">м поставляемого ресурсоснабжающей организацией коммунального ресурса, при необходимости - его изменение до установленных технических </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:lastRenderedPageBreak/>
+        <w:t>параметров и распределение коммунального ресурса по соответствующим внутридомовым инженерным системам для предоставления по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>требителям коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) индивидуальный тепловой пункт - работающий комплекс насосов, теплообменников и датчиков, являющийся технологическим устройством, регулирующим подачу ресурса в системе отопления и горячего водоснабжения жилого дома в соотве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>тствии с заданной температурой наружного воздуха;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) потребитель - лицо, пользующееся на праве собственности или ином законном основании помещением в многоквартирном жилом доме, индивидуальным жилым домом и потребляющее коммунальные услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>д) коммунальные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> услуги - оказываемые потребителю услуги по электроснабжению, водоснабжению и водоотведению, газоснабжению, теплоснабжению, сбору и вывозу твердых бытовых отходов, создающие комфортность проживания, способствующие осуществлению жизнеобеспечения и поддержан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ия необходимого санитарного состояния городов и иных поселений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>е) холодное водоснабжение - снабжение холодной питьевой водой, подаваемой по централизованным сетям холодного водоснабжения и внутридомовым инженерным системам в индивидуальный жилой дом, жилы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>е и нежилые помещения в многоквартирном жилом доме, помещения, входящие в состав общего имущества в многоквартирном жилом доме, а также до водоразборной колонки в случае, когда многоквартирный жилой дом или индивидуальный жилой дом не оборудован внутридомо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>выми инженерными системами холодного водоснабжения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">ж) горячее водоснабжение - снабжение горячей водой, подаваемой по централизованным сетям горячего водоснабжения и внутридомовым инженерным системам в индивидуальный жилой дом, жилые и нежилые помещения в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>многоквартирном жилом доме, а также помещения, входящие в состав общего имущества в многоквартирном жилом доме. При отсутствии централизованного горячего водоснабжения снабжение горячей водой потребителей в многоквартирном жилом доме осуществляется произво</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>дителем коммунальных услуг путем производства и предоставления коммунальной услуги по горячему водоснабжению с использованием внутридомовых инженерных систем, включающих оборудование, входящее в состав общего имущества собственников помещений в многокварти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>рном жилом доме (при наличии такого оборудования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>з) водоотведение - отвод бытовых стоков из индивидуального жилого дома, жилых и нежилых помещений в многоквартирном жилом доме, а также помещений, входящих в состав общего имущества в многоквартирном жилом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> доме, по централизованным сетям водоотведения и внутридомовым инженерным системам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>и) электроснабжение - снабжение электрической энергией, подаваемой по централизованным сетям электроснабжения и внутридомовым инженерным системам в индивидуальный жилой дом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>, жилые и нежилые помещения в многоквартирном жилом доме, а также помещения, входящие в состав общего имущества в многоквартирном жилом доме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>к) газоснабжение - снабжение природным газом, подаваемым по централизованным сетям газоснабжения и внутридомовым и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>нженерным системам в индивидуальный жилой дом, жилые и нежилые помещения в многоквартирном жилом доме, помещения, входящие в состав общего имущества в многоквартирном жилом доме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>л) снабжение тепловой энергией - снабжение с помощью теплоносителя (горячей в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>оды или пара) тепловой энергией для отопления, подогрева воды и горячего водоснабжения на уровне, определяемом государственными санитарно-эпидемиологическими правилами и нормативами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:lastRenderedPageBreak/>
+        <w:t>м) отопление - искусственный обогрев помещения и поддержания в нем на зад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>анном уровне температуры воздуха в соответствии со строкой 15 таблицы Приложения № 1 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>н) подогрев воды - расход тепловой энергии на поддержание температуры воды в системе горячего водоснабжения, подаваемой по централизованным сетям и в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>нутридомовым инженерным системам в индивидуальный жилой дом, жилые и нежилые помещения, входящие в состав общего имущества в многоквартирном жилом доме, соответствующей установленным государственным санитарно-эпидемиологическим правилам и нормативам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>При н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>аличии технологического устройства (индивидуального теплового пункта) производство и предоставление коммунальной услуги по отоплению, подогреву воды осуществляется производителем коммунальных услуг, имеющим на праве собственности или ином законом основании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> технологическое устройство (индивидуальный тепловой пункт);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>о) водопотребление - потребление водного ресурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>п) сбор и вывоз бытовых отходов - комплекс мероприятий, связанных с погрузкой коммунальных отходов в мусоровоз, мусоросборочную машину (трактор с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> прицепом), ассенизационную машину и их последующей транспортировкой к объектам размещения, использования и (или) обезвреживания отходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>р) уличный водоразбор (водоразборная колонка, будка и другое) - устройство для разбора воды непосредственно из уличной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> наружной водопроводной сети;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>с) внутридомовые инженерные системы - являющиеся общим имуществом собственников помещений в многоквартирном жилом доме инженерные коммуникации (сети), механическое, электрическое, санитарно-техническое и иное оборудование, пре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>дназначенные для подачи коммунальных ресурсов от централизованных сетей инженерно-технического обеспечения до внутриквартирного оборудования, а также для производства и предоставления производителем коммунальной услуги по отоплению и (или) подогреву воды (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>при отсутствии централизованного теплоснабжения и (или) горячего водоснабжения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>В индивидуальных жилых домах во внутридомовые инженерные системы включают системы, расположенные в пределах земельного участка, на котором расположен жилой дом, а также находя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>щиеся в жилом доме инженерные коммуникации (сети), механическое, электрическое, санитарно-техническое и иное оборудование, с использованием которых осуществляется потребление коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>т) индивидуальный жилой дом - индивидуально определенное здан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ие, состоящее из комнат, а также помещений вспомогательного использования, предназначенное для удовлетворения гражданами бытовых и иных нужд, связанных с проживанием в нем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>у) внутриквартирное оборудование - находящиеся в жилом или нежилом помещении в мног</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>оквартирном жилом доме и не входящие в состав внутридомовых инженерных систем многоквартирного жилого дома инженерные коммуникации (сети), механическое, электрическое, санитарно-техническое и иное оборудование, с использованием которых осуществляется потре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>бление коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ф) индивидуальный прибор учета - средство измерения (совокупность средств измерения и дополнительного оборудования), используемое для определения объемов (количества) потребления коммунального ресурса в одном жилом или нежилом по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>мещении в многоквартирном жилом доме (за исключением жилого помещения в коммунальной квартире), индивидуальном жилом доме (части индивидуального жилого дома);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>х) отчетный месяц - месяц, в котором предоставлены и потреблены коммунальные услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ц) расчетный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> месяц - следующий за отчетным месяц, в котором потребитель обязан оплатить за потребленные коммунальные услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">ч) общедомовой прибор учета - средство измерения (совокупность средств измерения и дополнительного оборудования), используемое для определения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>объемов (количества) коммунального ресурса, поданного в многоквартирный жилой дом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ш) коммунальные ресурсы - холодная питьевая вода, горячая вода, электрическая энергия, природный газ, тепловая энергия, используемые для предоставления коммунальных услуг. К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> коммунальным ресурсам приравниваются также сточные бытовые воды, отводимые по централизованным сетям инженерно-технического обеспечения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>щ) комнатный прибор учета электрической энергии - средство измерения, используемое для определения количества потребле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ния электрической энергии в одном жилом помещении потребителя в коммунальной квартире или нескольких жилых помещениях, занимаемых потребителем в коммунальной квартире, при условии, что такой прибор учета позволяет определить количество потребления электрич</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>еской энергии суммарно по нескольким жилым помещениям, занимаемым потребителем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>э) нежилое помещение в многоквартирном жилом доме - помещение в многоквартирном жилом доме, которое не является жилым помещением и общим имуществом собственников помещений в мн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>огоквартирном жилом доме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ю) норматив потребления коммунальной услуги - предельный количественный показатель объема потребления коммунального ресурса, утверждаемый в установленном порядке Правительством Приднестровской Молдавской Республики и применяемый д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ля расчета размера платы за коммунальную услугу, а также при предоставлении населению льгот по оплате коммунальных услуг в соответствии с законодательством Приднестровской Молдавской Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>я) общий (квартирный) прибор учета - средство измерения (сово</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>купность средств измерения и дополнительного оборудования), используемое для определения объемов (количества) потребления коммунального ресурса в коммунальной квартире;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>я-1) централизованные сети инженерно-технического обеспечения - совокупность трубопрово</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>дов, коммуникаций и других сооружений, предназначенных для подачи коммунальных ресурсов к внутридомовым инженерным системам (отвода бытовых стоков из внутридомовых инженерных систем);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>я-2) степень благоустройства многоквартирного жилого дома или индивидуал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ьного жилого дома - качественная характеристика многоквартирного жилого дома или индивидуального жилого дома, определяемая наличием и составом внутридомовых инженерных систем, обеспечивающих предоставление потребителям коммунальных услуг тех видов, которые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> могут быть предоставлены с использованием таких внутридомовых инженерных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">я-3) жилое помещение - предназначенное для постоянного или временного проживания изолированное помещение (квартира, комната, комнаты), отвечающее нормативно-техническим </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>я-4) ресурсоснабжающая организация - юридическое лицо независимо от организационно-правовой формы, осуществляющее производство коммунальных услуг и (или) реализацию коммунальных ресурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Условия предоставления коммунальных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>3. Условия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ми предоставления коммунальных услуг потребителю в многоквартирном жилом доме или в индивидуальном жилом доме (домовладении) являются следующие:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) коммунальные услуги предоставляются потребителям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>1) с момента возникновения права собственности на жилое по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>мещение – собственнику жилого помещения и проживающим с ним лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>2) с момента предоставления жилого помещения жилищным, жилищно-строительным кооперативом – члену жилищного, жилищно-строительного кооператива и проживающим с ним лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>3) со дня заключения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> договора найма – нанимателю жилого помещения по такому договору и проживающим с ним лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>4) со дня заключения договора аренды – арендатору жилого помещения и проживающим с ним лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">б) состав предоставляемых потребителю коммунальных услуг определяется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в зависимости от степени благоустройства многоквартирного жилого дома или индивидуального жилого дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) предоставление коммунальных услуг потребителю осуществляется круглосуточно с учётом установленных технологических режимов населённых пунктов (коммунал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ьной услуги по теплоснабжению – круглосуточно в течение отопительного периода), то есть бесперебойно либо с перерывами, не превышающими продолжительность, соответствующую требованиям к качеству коммунальных услуг, приведённым в Приложении № 1 к настоящим П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>равилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) предоставление коммунальных услуг осуществляется в необходимых потребителю объёмах (количестве) в переделах технической возможности внутридомовых инженерных систем, с использованием которых осуществляется предоставление коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>д) к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ачество предоставляемых коммунальных услуг соответствует требованиям, приведённым в Приложении № 1 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>е) техническое состояние внутридомовых инженерных систем и внутриквартирного оборудования соответствует установленным требованиям и гот</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ово для предоставления коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">4. Отопительный сезон начинается и заканчивается в сроки, установленные исполнительным органом государственной власти Приднестровской Молдавской Республики. Отопительный период должен начинаться или заканчиваться </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>со дня, следующего за днём окончания 5-дневного периода, в течение которого соответственно среднесуточная температура наружного воздуха ниже +8ºС или среднесуточная температура наружного воздуха выше +8ºС.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Если при отсутствии централизованного теплоснабжен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ия производство и предоставление производителем коммунальных услуг по отоплению осуществляются с использованием оборудования, входящего в состав общего имущества собственников помещений в многоквартирном доме, то условия определения даты начала и (или) око</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>нчания отопительного периода и (или) дата начала и (или) окончания отопительного периода устанавливаются решением собственников помещений в многоквартирном доме. В случае непринятия такого решения собственниками помещений в многоквартирном доме отопительны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>й период начинается и заканчивается в установленные уполномоченным органом сроки начала и окончания отопительного периода при подаче тепловой энергии для нужд отопления помещений во внутридомовые инженерные системы по централизованным сетям инженерно-техни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ческого обеспечения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>5. Предоставление коммунальных услуг потребителю осуществляется на основании договоров, содержащих положения о предоставлении коммунальных услуг, из числа договоров, указанных в пунктах 8 и 9 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Договор, содержащий полож</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ения о предоставлении коммунальных услуг, может быть заключен с производитель коммунальных услуг в письменной форме или путем совершения потребителем действий, свидетельствующих о его намерении потреблять коммунальные услуги или о фактическом потреблении т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>аких услуг (далее - конклюдентные действия).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>6. Договор, содержащий положения о предоставлении коммунальных услуг, заключенный путем совершения потребителем конклюдентных действий, считается заключенным на условиях, предусмотренных настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>До</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>говор, содержащий положения о предоставлении коммунальных услуг, заключенный в письменной форме, должен соответствовать положениям настоящих Правил и может содержать особенности исполнения такого договора в случаях и пределах, предусмотренных настоящими Пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>авилами. В случае несоответствия заключенного в письменной форме договора, содержащего положения о предоставлении коммунальных услуг, положениям настоящих Правил он считается заключенным на условиях, предусмотренных настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Потребителю не мож</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ет быть отказано в предоставлении коммунальных услуг в случае отсутствия у потребителя заключенного в письменной форме договора, содержащего положения о предоставлении коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">7. Период времени, в течение которого производитель коммунальных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>услуг обязан предоставлять коммунальные услуги потребителям и вправе требовать от потребителей оплаты предоставленных коммунальных услуг, подлежит определению в соответствии с пунктом 16 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>8. Условия предоставления коммунальных услуг собств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>енникам и пользователям помещений в многоквартирном жилом доме, в зависимости от выбранного способа управления многоквартирным жилым домом, определяются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) в договорах управления многоквартирным жилым домом, заключаемом собственниками помещений в многоква</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ртирном жилом доме или органом управления товарищества собственников жилья, жилищного, жилищно-строительного или иной некоммерческой организацией, созданной в целях удовлетворения потребностей граждан в жилье (далее – товарищество или кооператив).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>При этом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> управляющая организация не вправе отказаться от включения в заключаемый с ней договор управления многоквартирным домом условий о предоставлении коммунальных услуг того вида, предоставление которых возможно с учетом степени благоустройства многоквартирного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> дома, а равно не вправе отказать в предоставлении таких коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) в договорах о предоставлении коммунальных услуг, заключаемом товариществом или кооперативом с собственниками жилых помещений в многоквартирном жилом доме, в котором создано тов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>арищество или кооператив.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>При этом товарищество или кооператив не вправе отказать собственнику помещения в многоквартирном доме как являющемуся, так и не являющемуся его членом в заключении договора о предоставлении коммунальных услуг того вида, предоставл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ение которых возможно с учетом степени благоустройства многоквартирного дома, а равно не вправе отказать в предоставлении таких коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">в) в договорах холодного питьевого водоснабжения, горячего водоснабжения, водоотведения, электроснабжения, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>газоснабжения, теплоснабжения, заключаемых собственниками жилых помещений в многоквартирном жилом доме с соответствующим производителем коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>9. Условия предоставления коммунальных услуг собственнику и пользователю индивидуального жилого дома</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> (домовладения) определяются в договорах, содержащих положения о предоставлении коммунальных услуг, заключаемых собственником индивидуального жилого дома (домовладения) с производителем коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>10. Условия предоставления коммунальных услуг нани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>мателю, ссудополучателю по договору безвозмездного пользования помещением, арендатору жилого помещения определяются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) в договоре найма, в том числе договоре социального найма, договоре найма специализированного жилого помещения, договоре найма жилого пом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ещения, находящегося в частной собственности, – для нанимателя жилого помещения по такому договору;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) в договоре безвозмездного пользования – для ссудополучателя по такому договору;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">в) в договоре аренды жилого помещения или ином договоре о предоставлении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>жилого помещения во владение и (или) пользование, заключаемом собственником жилого помещения с юридическим лицом, которое может использовать жилое помещение только для проживания граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>11. При этом собственник жилого помещения, выступающий наймодателем,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> ссудодателем или арендодателем жилого помещения, в целях обеспечения предоставления нанимателям, ссудополучателям, арендаторам коммунальных услуг того вида, предоставление которых возможно с учетом степени благоустройства жилого помещения, заключает с про</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>изводителем коммунальных услуг договор, содержащий положения о предоставлении коммунальных услуг, из числа договоров, указанных в пунктах 8 и 9 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>12. Предоставление коммунальных услуг производителем коммунальных услуг, одновременно не являю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>щимся ресурсоснабжающей организацией и имеющим на праве собственности или ином законном основании индивидуальный тепловой пункт, осуществляется посредством получения коммунальных ресурсов от ресурсоснабжающей организации в целях использования таких ресурсо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">в при предоставлении коммунальных услуг потребителям, в том числе путем их использования при производстве отдельных видов коммунальных услуг (отопление, подогрев воды) с применением оборудования, входящего в состав общего имущества собственников помещений </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в многоквартирном жилом доме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Условия договоров о приобретении коммунальных ресурсов в целях использования таких ресурсов для предоставления коммунальных услуг потребителям определяются с учетом настоящих Правил и иных нормативных правовых актов Приднестро</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>вской Молдавской Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Исключен(-а)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Исключен(-а)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>15. По решению общего собрания собственников помещений в многоквартирном жилом доме, предоставление коммунальных услуг может осуществляться производителями коммунальных услуг посредством заключения дог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>оворов с собственниками помещений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>16. Производитель коммунальных услуг, для которого в соответствии с законодательством Приднестровской Молдавской Республики заключение договора с потребителем является обязательным, приступает к предоставлению коммунально</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>й услуги соответствующего вида:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) собственникам и пользователям помещений в многоквартирном доме, в котором в качестве способа управления выбрано непосредственное управление, с даты, указанной в решении общего собрания собственников помещений о выборе так</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ого способа управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) собственникам и пользователям помещений в многоквартирном жилом доме, в котором не выбран способ управления со дня возникновения права собственности на помещение, со дня предоставления жилого помещения жилищным кооперативом, со д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ня заключения договора найма, со дня заключения договора аренды, если иной срок не установлен законодательством Приднестровской Молдавской Республики о водоснабжении, водоотведении, электроснабжении, теплоснабжении, газоснабжении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) собственникам и пользо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>вателям жилых домов (домовладений) со дня первого фактического подключения жилого дома (домовладения) в установленном порядке к централизованной сети инженерно-технического обеспечения непосредственно или через сети инженерно-технического обеспечения, связ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ывающие несколько жилых домов (домовладений), расположенных на близлежащих земельных участках, если иной срок не установлен законодательством Приднестровской Молдавской Республики о водоснабжении, водоотведении, электроснабжении, теплоснабжении, газоснабже</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>нии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) собственникам и пользователям помещений в многоквартирном доме, в котором выбран способ управления многоквартирным домом, однако в соответствии с пунктом 15 настоящих Правил, по решению общего собрания собственников помещений в многоквартирном жило</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>м доме, предоставление коммунальных услуг осуществляется производителями коммунальных услуг посредством заключения договоров с собственниками помещений, с даты, указанной в решении общего собрания собственников помещений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>17. Собственник нежилого помещения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> в многоквартирном жилом доме вправе в целях обеспечения коммунальными ресурсами принадлежащего ему нежилого помещения в многоквартирном жилом доме заключать договоры холодного питьевого водоснабжения, горячего водоснабжения, водоотведения, электроснабжени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>я, газоснабжения, теплоснабжения, сбору и вывозу твердых бытовых отходов непосредственно с производителями коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">В случае приобретения собственником нежилого помещения в многоквартирном доме коммунальных ресурсов по указанным договорам такой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>собственник обязан вносить в порядке, установленном настоящими Правилами, плату за коммунальные услуги, предоставленные на общедомовые нужды, а также предоставлять производителю коммунальных услуг, предоставляющему коммунальные услуги потребителям коммунал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ьных услуг в многоквартирном доме, в котором расположено нежилое помещение собственника, в порядке и сроки, которые установлены настоящими Правилами для передачи потребителями информации о показаниях индивидуальных или общих (квартирных) приборов учета, да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>нные об объемах коммунальных ресурсов, потребленных за расчетный период по указанным договорам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Условия договора, содержащего положения о предоставлении коммунальных услуг и порядок его заключения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>18. Договор, содержащий положения о предоставлении комму</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>нальных услуг, должен включать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) дату и место заключения договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) наименование, адрес, реквизиты расчётного счёта и иную контактную информацию производителя коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) следующие сведения о потребителе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>1) для физического лица – фамилия, и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>мя, отчество, реквизиты документа, удостоверяющего личность, контактный телефон;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>2) для юридического лица – наименование (фирменное наименование) и место государственной регистрации, контактный телефон;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) адрес помещения в многоквартирном жилом доме, инди</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>видуального жилого дома (домовладения), по которому предоставляются коммунальные услуги с указанием размера (объёма, площади) отапливаемых помещений, количества лиц, постоянно проживающих в жилом помещении, или вида деятельности, осуществляемой в нежилом п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>омещении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>д) наименование предоставляемой потребителю коммунальной услуги (коммунальных услуг);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>е) требования к качеству предоставляемой коммунальной услуги (коммунальных услуг);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">ж) порядок определения объёма (количества) потреблённого коммунального </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ресурса исходя из нормативов потребления коммунальных услуг, показаний приборов учёта или иным указанным в настоящих Правилах способом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>з) сведения о наличии и типе установленных индивидуальных, общих (квартирных), комнатных приборов учёта, дату и место их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> установки (введения в эксплуатацию), дату опломбирования прибора учёта заводом-изготовителем или организацией, осуществлявшей последнюю поверку прибора учёта, а также установленный срок проведения очередной государственной поверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>и) размер платы за комм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>унальные услуги, порядок, срок и форму внесения платы за коммунальные услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>к) меры социальной поддержки по оплате коммунальных услуг, предоставленные потребителю коммунальных услуг в соответствии с действующим законодательством Приднестровской Молдавско</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>й Республики (в случае предоставления таких мер);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>л) адрес и способ доставки потребителю счета для оплаты коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>м) порядок установления факта непредоставления коммунальных услуг или предоставления коммунальных услуг ненадлежащего качества, по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>рядок изменения размера платы за коммунальные услуги при предоставлении коммунальных услуг ненадлежащего качества и (или) с перерывами, превышающими установленную продолжительность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>н) права, обязанности и ответственность производителя, производителя комму</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>нальных услуг и потребителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>о) основания и порядок приостановки и ограничения предоставления коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>п) основания и порядок изменения и расторжения договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>р) срок действия договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>19. В договоре, содержащем положения о предоставлении комм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">унальных услуг, заключаемом с собственником или пользователем индивидуального жилого дома (домовладения), указываются реквизиты акта об определении границы раздела внутридомовых инженерных систем и централизованных сетей инженерно-технического обеспечения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>(при наличии), а также в случае отсутствия индивидуального прибора учёта расхода питьевой воды, электроэнергии и природного газа, указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) сведения о направлениях потребления коммунальных услуг при использовании земельного участка и расположенных на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> нём надворных построек (освещение, приготовление пищи для людей, приготовление кормов для скота, теплоснабжение, горячему водоснабжению, полив и так далее);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) виды и количество сельскохозяйственных животных и птиц (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">в) площадь земельного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>участка, не занятого индивидуальным жилым домом и надворными постройками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) режим водопотребления на полив земельного участка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>20. Договоры холодного питьевого водоснабжения, горячего водоснабжения, водоотведения, электроснабжения, газоснабжения, теплосна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>бжения, заключаемые с производителями коммунальных услуг, должны содержать положения об определении границы ответственности за режим и качество предоставления коммунальной услуги соответствующего вида.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Исключен(-а)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>21. Договор, содержащий положения о предо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ставлении коммунальных услуг, может быть расторгнут досрочно по основаниям, предусмотренным действующим законодательством Приднестровской Молдавской Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Права и обязанности производителя коммунальных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>22. Производитель коммунальных услуг об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>язан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) заключать договоры и предоставлять потребителю коммунальные услуги в необходимых для него объёмах и надлежащего качества безопасные для его жизни, здоровья и не причиняющие вреда его имуществу в соответствии с требованиями действующего законодател</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ьства Приднестровской Молдавской Республики, настоящими Правилами и договором, содержащим положения о предоставлении коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) самостоятельно или с привлечением других лиц осуществлять работы по поддержанию в работоспособном состоянии внутридо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>мовых инженерных систем, как многоэтажных жилых домов, так и индивидуальных жилых домов в соответствии с заключенными договорами; устранять аварии, а также выполнять заявки потребителей в сроки, установленные законодательством Приднестровской Молдавской Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>спублики и договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) производить в установленном настоящими Правилами порядке расчёт размера платы за предоставленные коммунальные услуги и при наличии оснований производить перерасчёт размера платы за коммунальные услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">1) в связи с предоставлением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>коммунальных услуг ненадлежащего качества и (или) с перерывами, превышающими допустимую продолжительность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>2) за период временного отсутствия потребителя в занимаемом жилом помещении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">г) производить непосредственно, при обращении потребителя, проверку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>правильности исчисления предъявленного потребителю к уплате размера платы за коммунальные услуги, задолженности или переплаты потребителя за коммунальные услуги, правильности начисления потребителю неустоек (штрафов, пеней) и немедленно по результатам пров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ерки выдавать потребителю документы, содержащие правильно начисленные платежи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>д) при наличии общедомового прибора учёта, ежемесячно снимать показания такого прибора учёта в период до 25-го числа расчётного месяца и заносить полученные показания в журнал у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>чёта показаний общедомовых приборов учёта, предоставить потребителю по его требованию в течение 1 рабочего дня со дня обращения возможность ознакомиться со сведениями о показаниях общедомовых приборов учета, обеспечивать сохранность информации о показаниях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> общедомовых, индивидуальных, общих (квартирных) приборов учета в течение не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>е) принимать от потребителей показания индивидуальных, общих (квартирных), комнатных приборов учёта и использовать их при расчёте размера платы за коммунальные услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> за тот расчётный период, за который были сняты показания, а также проводить проверки состояния указанных приборов учета и достоверности предоставленных потребителями сведений об их показаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>В случаях, установленных настоящими Правилами, а также в случа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ях и сроки, которые определены договором, содержащим положения о предоставлении коммунальных услуг, и (или) решением собственников помещений в многоквартирном доме, снимать показания индивидуальных и общих (квартирных), комнатных приборов учета, заносить п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>олученные показания в журнал учета показаний указанных приборов учета и использовать их при расчете размера платы за коммунальные услуги за тот расчетный период, за который были сняты показания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">ж) уведомлять потребителей не реже 1-го раза в квартал путём </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>указания в платежных документах о последствиях несанкционированного вмешательства в работу прибора учёта, расположенного в жилом или в нежилом помещении потребителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>з) принимать сообщения потребителей о факте предоставления коммунальных услуг ненадлежащег</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>о качества и (или) с перерывами, превышающими установленную продолжительность, организовывать и проводить проверку такого факта с составлением соответствующего акта проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>и) вести учёт заявлений (жалоб, обращений, требований и претензий) потребителей н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">а качество предоставления коммунальных услуг, учёт сроков и результатов их рассмотрения и исполнения, а также в течение 3 (трех) рабочих дней со дня получения жалобы (заявления, требования и претензии) направлять потребителю ответ о её удовлетворении либо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>об отказе в удовлетворении с указанием причин отказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>к) информировать потребителей в порядке и сроки, установленные настоящими Правилами, о причинах и предполагаемой продолжительности предоставления коммунальных услуг ненадлежащего качества и (или) с пере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>рывами, превышающими установленную продолжительность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>л) информировать потребителей о дате начала проведения планового перерыва в предоставлении коммунальных услуг не позднее, чем за 3 календарных дня до начала перерыва;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>м) согласовать с потребителем устно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> время доступа в занимаемое им жилое или нежилое помещение не позднее, чем за 3 календарных дня до начала проведения таких работ или направить ему письменное уведомление о проведении работ внутри жилого помещения, в котором указываются: предполагаемые дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> и время проведения работ; номер телефона, по которому потребитель вправе согласовать иную дату и время проведения работ, но не позднее 5 рабочих дней с момента получения уведомления; вид работ, который будет проводиться; сроки проведения работ; должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> фамилия, имя и отчество лица, ответственного за проведение работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>н) нести иные обязанности, предусмотренные жилищным законодательством Приднестровской Молдавской Республики, в том числе настоящими Правилами и договором, содержащим положения о предоставле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>нии коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>23. Производитель коммунальных услуг имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) требовать от потребителя внесения платы за потреблённые коммунальные услуги, в случаях, установленных действующим законодательством Приднестровской Молдавской Республики и заключё</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>нным договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) требовать допуска в заранее согласованное с потребителем время в занимаемое потребителем жилое или нежилое помещение представителей производителя, при предъявлении служебных удостоверений (в том числе работников аварийных служб), для осм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>отра технического и санитарного состояния внутриквартирного оборудования - не чаще одного раза в 6 месяцев, а для ликвидации аварий - в любое время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) приостановить или ограничивать в порядке, установленном настоящими Правилами, подачу потребителю коммуна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>льных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) осуществлять иные права, предусмотренные жилищным законодательством Приднестровской Молдавской Республики, в том числе настоящими Правилами и договором, содержащим положения о предоставлении коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Права и обязанности пот</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ребителя коммунальных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>24. Потребитель коммунальных услуг имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) получать в необходимых объёмах коммунальные услуги надлежащего качества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) получать от производителя коммунальных услуг и (или) организации, осуществляющей управление многоквар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>тирным жилым домом сведения о правильности начислении предъявленного потребителю к уплате размера платы за коммунальные услуги, наличии (отсутствии) задолженности или переплаты потребителя за коммунальные услуги, наличии оснований и правильности начисления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> производителем потребителю неустоек (штрафов, пеней);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) требовать от производителя коммунальных услуг и (или) организации, осуществляющей управление многоквартирным жилым домом проведения проверок качества предоставляемых коммунальных услуг, оформления и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> предоставления акта проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) получать от производителя коммунальных услуг и (или) организации, осуществляющей управление многоквартирным жилым домом информацию, которую он обязан предоставить потребителю в соответствии с законодательством Приднестровс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>кой Молдавской Республики и условиями договора, содержащего положения о предоставлении коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">д) требовать в случаях и порядке, установленных настоящими Правилами, изменения размера платы за коммунальные услуги при предоставлении коммунальных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>услуг ненадлежащего качества и (или) с перерывами, превышающими установленную продолжительность, а также за период временного отсутствия потребителя в занимаемом жилом помещении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">е) требовать от производителя коммунальных услуг возмещения убытков и вреда, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>причиненного жизни, здоровью или имуществу потребителя вследствие предоставления коммунальных услуг ненадлежащего качества и (или) с перерывами, превышающими установленную продолжительность, а также морального вреда в соответствии с законодательством Придн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>естровской Молдавской Республики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ж) принимать решение об установке индивидуального, общего (квартирного) или комнатного прибора учёта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>з) требовать от производителя коммунальных услуг и (или) организации, осуществляющей управление многоквартирным жилым до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>мом совершения действий по техническому обслуживанию индивидуальных, общих (квартирных) или комнатных приборов учёта, при условии заключения соответствующих договоров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>и) осуществлять иные права, предусмотренные жилищным законодательством Приднестровской М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>олдавской Республики, в том числе настоящими Правилами и договором, содержащим положения о предоставлении коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>25. Потребитель коммунальных услуг обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">а) при обнаружении неисправностей, пожара и аварий во внутриквартирном оборудовании, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">внутридомовых инженерных системах, а также при обнаружении иных нарушений качества предоставления коммунальных услуг, немедленно сообщать о них в аварийно-диспетчерскую службу производителя или в иную службу, указанную производителем коммунальных услуг, а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>при наличии возможности - принимать все меры по устранению таких неисправностей, пожара и аварий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) при обнаружении неисправностей, повреждений общедомового, индивидуального, общего (квартирного), комнатного прибора учёта, нарушения целостности их пломб н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>емедленно сообщать об этом в аварийно-диспетчерскую службу производителя или в иную службу, указанную производителем коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) допускать представителей производителя коммунальных услуг, при предъявлении служебных удостоверений (в том числе раб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>отников аварийных служб), в занимаемое жилое или нежилое помещение для осмотра технического и санитарного состояния внутриквартирного оборудования в заранее согласованное с производителем время, но не чаще одного раза в 6 месяцев, а для ликвидации аварий -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> в любое время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) в заранее согласованное время, но не чаще одного раза в 3 (три) месяца допускать производителя коммунальных услуг в занимаемое жилое или нежилое помещение для проверки состояния индивидуальных, общих (квартирных), комнатных приборов учёт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а потребления коммунальных ресурсов, а также достоверности переданных потребителем производителю коммунальных услуг сведений о показаниях таких приборов учёта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>д) информировать производителя коммунальных услуг об увеличении или уменьшении числа граждан, пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>оживающих (в том числе временно) в занимаемом им жилом помещении не позднее 5 календарных дней со дня произошедших изменений, в случае если жилое помещение не оборудовано индивидуальным, комнатным или общим (квартирным) прибором учёта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">е) нести иные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>обязанности, предусмотренные жилищным законодательством Приднестровской Молдавской Республики, в том числе настоящими Правилами и договором, содержащим положения о предоставлении коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>26. Потребителю коммунальных услуг запрещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) исполь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>зовать бытовые машины (приборы, оборудование), мощность подключения которых превышает максимально допустимые нагрузки, рассчитанные производителем коммунальных услуг, исходя из технических характеристик внутридомовых инженерных систем, и доведённые до свед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ения потребителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) производить слив теплоносителя из системы теплоснабжения без разрешения производителя коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">в) самовольно демонтировать или отключать обогревающие элементы, предусмотренные проектной и (или) технической документацией на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>многоквартирный или индивидуальный жилой дом, самовольно увеличивать поверхности нагрева приборов теплоснабжения, установленных в жилом помещении, свыше параметров, предусмотренных проектной и (или) технической документацией на многоквартирный или индивиду</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>альный жилой дом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) самовольно нарушать пломбы на приборах учета и в местах их подключения (крепления), демонтировать приборы учета и осуществлять несанкционированное вмешательство в работу указанных приборов учета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>д) несанкционированно подключать оборуд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ование потребителя к внутридомовым инженерным системам или к централизованным сетям инженерно-технического обеспечения напрямую или в обход приборов учёта, вносить изменения во внутридомовые инженерные системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок расчёта и внесения платы за коммун</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>альные услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>27. Расчётный период для оплаты коммунальных услуг устанавливается равным календарному месяцу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>28. Размер платы за коммунальные услуги рассчитывается по тарифам (ценам) для потребителей, установленным законодательством Приднестровской Молдавс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>кой Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>29. Потребитель коммунальных услуг, проживающий в домовладении, вносит плату за коммунальные услуги, в составе которой оплачиваются коммунальные услуги, предоставленные ему в жилом помещении, а также коммунальные услуги, потреблённые при ис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>пользовании земельного участка и расположенных на нём надворных построек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>30. Расчёт размера платы за коммунальные услуги по горячему и холодному водоснабжению в общежитиях коридорного и блочного типа, при наличии приборов учёта, производится в порядке, ус</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">тановленном Приказом Министерства промышленности </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:tooltip="(ВСТУПИЛ В СИЛУ 28.07.2009) Об утверждении и введении в действие &quot;Положения о порядке Определения расчетов для начисления платежей населению за предоставленные услуги горячего и холодного водоснабжения в общежитиях по приборам учета&quot;" w:history="1">
+        <w:r w:rsidRPr="00F41012">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Приднестровской Молдавской Республики от 28 июля 2009 года № 436 "Об утверждении и введении в действие "Положения о порядке определения расчётов </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F41012">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:t>для начисления платежей населению за предоставленные услуги горячего и холодного водоснабжения в общежитиях по приборам учёта"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F41012">
+        <w:t> (САЗ 09-44).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>31. Расчёт размера платы за коммунальные услуги по газоснабжению, электроснабжению и теплоснабжению, предоставлен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ные потребителям в жилых помещениях в общежитиях коридорного, гостиничного и секционного типа (с наличием на этажах общих кухонь, туалетов или блоков душевых), производится в порядке, установленном для расчёта размера платы за коммунальные услуги для потре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>бителей, проживающих в коммунальной квартире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>32. Расчёт размера платы за коммунальные услуги, предоставленные потребителям в жилых помещениях в общежитиях квартирного типа, производится в порядке, установленном для расчёта размера платы за коммунальные ус</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>луги для потребителей, проживающих в жилых помещениях в многоквартирном доме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">33. Потребители обязаны своевременно вносить плату за коммунальные услуги. Плата за коммунальные услуги вносится потребителями производителю коммунальных услуг либо действующему </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>по его поручению банковскому платежному агенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>34. Потребители обязаны своевременно и в полном объеме вносить плату за потребленные коммунальные услуги непосредственно производителю коммунальных услуг по ценам (тарифам), установленным в соответствии с зак</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>онодательством Приднестровской Молдавской Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Производитель коммунальных услуг, одновременно не являющийся ресурсоснабжающей организацией и имеющий на праве собственности или ином законном основании индивидуальный тепловой пункт, вносит плату за по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>лученные коммунальные ресурсы ресурсоснабжающей организации согласно показаниям приборов учета, установленным на границе балансовой принадлежности по ценам (тарифам), установленным в соответствии с законодательством Приднестровской Молдавской Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>4-1. При производстве коммунальных услуг по отоплению и (или) горячему водоснабжению производителем коммунальной услуги, одновременно не являющимся ресурсоснабжающей организацией и имеющим на праве собственности или ином законном основании индивидуальный т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>епловой пункт, расчет размера платы для потребителей за такие коммунальные услуги осуществляется производителем коммунальных услуг исходя из объемов потребленного для этих целей коммунального ресурса, использованных в течение расчетного периода для произво</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>дства коммунальных услуг, и цен (тарифов), установленных ресурсоснабжающей организацией, с учетом понижающих коэффициентов и льгот, установленных для обслуживаемых потребителей коммунальных услуг законодательством Приднестровской Молдавской Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Объ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">ем коммунального ресурса, использованного при производстве коммунальной услуги в течении расчетного периода, определяется по показаниям прибора учета, фиксирующего объем такого коммунального ресурса, а при его отсутствии расчетным методом в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>законодательством Приднестровской Молдавской Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>В плату за коммунальную услугу по снабжению тепловой энергией (отопление, подогрев воды, горячее водоснабжение), произведенной производителем коммунальной услуги, одновременно не являющимся ресурсосн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>абжающей организацией, с использованием оборудования, входящего в состав общего имущества собственников помещений в многоквартирном жилом доме, не включаются расходы на содержание и ремонт такого оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Расходы на содержание и ремонт (в том числе ка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>питальный) оборудования, входящего в состав общего имущества собственников помещений в многоквартирном жилом доме, обеспечивающего оказание коммунальной услуги, подлежат включению в плату за содержание и ремонт общего имущества в многоквартирном жилом доме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">Расходы на оплату электрической энергии, потребленной в процессе эксплуатации оборудования, входящего в состав общего имущества собственников помещений в многоквартирном жилом доме, обеспечивающего оказание коммунальной услуги, не включаются в плату за </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>услуги по снабжению тепловой энергией (отопление, подогрев воды, горячее водоснабжение), а подлежат включению в плату за электрическую энергию, потребленную на общедомовые нужды в жилищном фонде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>35. Если иное не установлено договором, содержащим положения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> о предоставлении коммунальных услуг, потребитель вправе по своему выбору:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) оплачивать коммунальные услуги наличными денежными средствами, в безналичной форме с использованием счетов, открытых в том числе для этих целей в выбранных им банках или переводо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>м денежных средств без открытия банковского счёта, почтовыми переводами, банковскими картами, через сеть Интернет и в иных формах, предусмотренных законодательством Приднестровской Молдавской Республики, с обязательным сохранением документов, подтверждающи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>х оплату, в течение не менее 3 (трех) лет со дня оплаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) поручать другим лицам внесение платы за коммунальные услуги любыми способами, не противоречащими требованиям законодательства Приднестровской Молдавской Республики и договору, содержащему положени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>я о предоставлении коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) осуществлять предварительную оплату коммунальных услуг в счет будущих расчетных периодов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>36. Плата за коммунальные услуги вносится ежемесячно по последнее число месяца, следующего за истекшим расчетным периодом (м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>есяцем), если иной срок не установлен договором на предоставление соответствующих услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>37. Плата за коммунальные услуги вносится на основании:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) платежных документов (в том числе платежных документов в электронной форме, размещенных в информационной сис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>теме), представляемых не позднее 10 (десятого) числа месяца, следующего за истекшим месяцем, за который производится оплата, если иной срок не установлен договором на предоставление соответствующих услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) информации о размере платы за коммунальные услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>и, задолженности по оплате коммунальных услуг, размещенной в электронной форме в информационных системах, позволяющих внести плату за коммунальные услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Информация о размере платы за коммунальные услуги и задолженности по оплате коммунальных услуг подлеж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ит размещению в срок не позднее 10 (десятого) числа месяца, следующего за истекшим месяцем, за который производится оплата, если иной срок не установлен договором на предоставление соответствующих услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>38. Информация об изменении тарифов и нормативов пот</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ребления коммунальных услуг доводится производителем коммунальных услуг до потребителя в письменной форме не позднее, чем за 30 календарных дней до даты выставления платежных документов, если иной срок не установлен договором, содержащим положения о предос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>тавлении коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>39. В платёжном документе указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) почтовый адрес жилого (нежилого) помещения, сведения о собственнике (собственниках) помещения (с указанием наименования юридического лица или фамилии, имени и отчества физического лица)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>, а для жилых помещений государственного и муниципального жилищных фондов – сведения о нанимателе жилого помещения (с указанием фамилии, имени и отчества нанимателя);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) наименование производителя коммунальных услуг (с указанием наименования юридического л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ица), номер его банковского счёта и банковские реквизиты, адрес (место нахождения), номера контактных телефонов, номера факсов и (при наличии) адреса электронной почты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">в) указание на оплачиваемый месяц, наименование каждого вида оплачиваемой коммунальной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>услуги, размер тарифов (цен) на каждый вид соответствующего коммунального ресурса, единицы измерения объёмов (количества) коммунальных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) объём каждого вида коммунальных услуг, предоставленных потребителю за отчетный период в жилом (нежилом) поме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>щении, и размер платы за каждый вид предоставленных коммунальных услуг, определённые в соответствии с настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>д) объём каждого вида коммунальных услуг, за исключением коммунальных услуг по отоплению и подогреву воды, произведённых производите</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>лем коммунальных услуг при отсутствии централизованных систем теплоснабжения и горячего водоснабжения, предоставленных за отчётный период на общедомовые нужды в расчёте на каждого потребителя, и размер платы за каждый вид таких коммунальных услуг, определё</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>нные в соответствии с настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>е) общий объём каждого вида коммунальных услуг на общедомовые нужды, предоставленный в многоквартирном доме за отчётный период, показания общедомового прибора учёта соответствующего вида коммунального ресурса, су</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ммарный объём каждого вида коммунальных услуг, предоставленных во всех жилых и нежилых помещениях в многоквартирном доме, объём каждого вида коммунального ресурса, использованного производителем коммунальных услуг за отчётный период при производстве коммун</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>альной услуги по отоплению и (или) подогреву воды (при отсутствии централизованных теплоснабжения и (или) горячего водоснабжения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ж) сведения о размере задолженности потребителя перед производителем коммунальных услуг за предыдущие отчётные периоды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>з) св</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>едения о предоставлении льгот на оплату коммунальных услуг в виде скидок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>и) другие сведения, подлежащие в соответствии с настоящими Правилами и договором, содержащим положения о предоставлении коммунальных услуг, включению в платежные документы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>40. В пла</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">тёжном документе, выставляемом потребителю коммунальных услуг в многоквартирном доме, плата за коммунальные услуги на общедомовые нужды и плата за коммунальные услуги, предоставленные потребителю в жилом или нежилом помещении, подлежат указанию отдельными </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>строками, за исключением коммунальных услуг по отоплению и подогреву воды, произведённых производителем коммунальных услуг при отсутствии централизованных теплоснабжения и горячего водоснабжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Размер определённых законодательством или договором, содержа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>щим положения о предоставлении коммунальных услуг, неустоек (штрафов, пеней) за нарушение потребителем условий такого договора, указывается производителем коммунальных услуг в отдельном документе, направляемом потребителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">41. В случае если потребителю в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>установленном порядке предоставляется льгота в виде скидки по оплате коммунальных услуг, размер платы за коммунальные услуги уменьшается на величину скидки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок учёта коммунальных услуг с использованием приборов учёта, основания и порядок проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проверок состояния приборов учёта и правильности снятия их показаний</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>42. Учёт объёма (количества) коммунальных услуг, предоставленных потребителю в жилом или в нежилом помещении, осуществляется с использованием общедомовых, индивидуальных, общих (квартирн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ых), комнатных приборов учёта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Информация о соответствии прибора учёта утверждённому типу, сведения о дате первичной поверки прибора учёта и об установленном для прибора учёта межповерочном интервале, а также требования к условиям эксплуатации прибора учёт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а должны быть указаны в сопроводительных документах к прибору учёта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">43. Первичное оснащение жилых или нежилых помещений приборами учёта, оформление заявки производителю коммунальных услуг для ввода установленных приборов учёта в эксплуатацию должны быть </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">обеспечены собственниками жилых или нежилых помещений. Сохранность общедомовых приборов учёта возлагается на управляющие организации, товарищества и кооперативы, а индивидуальных, общих (квартирных), комнатных приборов учёта на собственников и нанимателей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>жилых помещений, а также на собственников и арендаторов нежилых помещений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Ввод установленного прибора учёта в эксплуатацию, то есть документальное оформление прибора учёта в качестве прибора учёта, по показаниям которого осуществляется расчёт размера плат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ы за коммунальные услуги, их надлежащая техническая эксплуатация и последующая своевременная замена осуществляется производителем коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>При подаче собственником помещений заявки производитель коммунальных услуг обязан зарегистрировать заявку,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> а также проставить отметку о ее принятии на экземпляре собственника помещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Установленный прибор учёта должен быть введён в эксплуатацию в течение 15 (пятнадцати) календарных дней с момента получения заявки и оформляется соответствующим актом. При этом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> производитель коммунальных услуг обязан начиная со дня, следующего за днём ввода прибора учёта в эксплуатацию, осуществлять расчёт размера платы за соответствующий вид коммунальной услуги, исходя из показаний введённого в эксплуатацию прибора учёта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Собст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">венник помещения обязан в течение 15 (пятнадцати) календарных дней со дня подачи заявки обеспечить доступ производителю коммунальных услуг для ввода прибора учета в эксплуатацию. В случае если доступ производителю коммунальных услуг не будет обеспечен, то </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>прибор учета считается не введенным в эксплуатацию, соответственно начисление платы за соответствующий вид коммунальной услуги осуществляется по нормативам потребления коммунальной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">В случае если производитель коммунальных услуг не явился в течение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>15 (пятнадцати) календарных дней со дня подачи заявки для осуществления ввода прибора учета в эксплуатацию или прибор учета будет введен в эксплуатацию в срок, превышающий 15 (пятнадцать) календарных дней, то показания такого прибора будут учитываться с да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ты направления в адрес производителя коммунальных услуг заявки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>44. Производитель коммунальных услуг обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) проводить проверки состояния установленных и введённых в эксплуатацию общедомовых, индивидуальных, общих (квартирных), комнатных приборов учёта,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> факта их наличия или отсутствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) проводить проверки достоверности представленных потребителями сведений о показаниях индивидуальных, общих (квартирных), комнатных приборов учёта путём сверки их с показаниями соответствующего прибора учёта на момент про</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>верки (в случаях, когда снятие показаний таких приборов учёта осуществляют потребители).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>45. Проверки, указанные в пункте 44 настоящих Правил, должны проводиться производителем коммунальных услуг не реже одного раза в 6 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>46. При непредставлении пот</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ребителем производителю коммунальных услуг показаний индивидуального, комнатного или общего (квартирного) прибора учёта более 3 месяцев подряд, производитель коммунальных услуг не позднее 15 календарных дней со дня истечения указанного 3-месячного срока об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>язана провести указанную в пункте 44 настоящих Правил проверку и снять показания прибора учёта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>47. Проверка, указанная в пункте 44 настоящих Правил, если для её проведения требуется доступ в жилое или нежилое помещение потребителя, осуществляется производ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ителем коммунальных услуг в следующем порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) производитель коммунальных услуг вручает потребителю под роспись письменное извещение с предложением сообщить об удобных для потребителя дате (датах) и времени допуска для совершения проверки и разъяснением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> последствий бездействия потребителя или его отказа в допуске к приборам учёта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) потребитель обязан в течение 7-ми календарных дней со дня получения указанного извещения, сообщить производителю коммунальных услуг об удобных для потребителя дате (датах) и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> времени в течение последующих 10 календарных дней, когда потребитель может обеспечить допуск в занимаемое им жилое или нежилое помещение для проведения проверки. Если потребитель не может обеспечить допуск в занимаемое им жилое помещение по причине времен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ного отсутствия, то он обязан сообщить производителю коммунальных услуг об иных возможных дате (датах) и времени допуска для проведения проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) при невыполнении потребителем обязанности, указанной в подпункте "б" настоящего пункта, производитель комму</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>нальных услуг повторно вручает под роспись потребителю письменное извещение, который обязан в течение 7-ми календарных дней со дня получения такого извещения сообщить информацию, указанную в подпункте "б" настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) производитель коммунальных ус</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>луг в согласованные с потребителем в соответствии с подпунктом "б" или "в" настоящего пункта дату и время, обязан провести проверку, составить акт проверки и передать один экземпляр акта потребителю. Акт проверки подписывается производителем коммунальных у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>слуг и потребителем, а в случае отказа потребителя от подписания акта - производителем коммунальных услуг и двумя незаинтересованными лицами. В акте делается отметка "от подписи отказался";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>д) если потребитель не ответил на повторное уведомление производит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">еля коммунальных услуг либо два и более раза не допустил его в занимаемое им жилое или нежилое помещение в согласованные потребителем дату и время и при этом в отношении потребителя, проживающего в жилом помещений, у производителя отсутствует информация о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>его временном отсутствии в занимаемом жилом помещении, производитель коммунальных услуг составляет акт об отказе в допуске к прибору учёта. Акт об отказе в допуске производителя к приборам учёта, расположенным в жилом или в нежилом помещении потребителя, п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>одписывается производителем коммунальных услуг и потребителем, а в случае отказа потребителя от подписания акта - производителем коммунальных услуг и двумя незаинтересованными лицами. В акте указываются дата и время прибытия производителя коммунальных услу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г для проведения проверки, причины отказа потребителя в допуске производителя коммунальных услуг к приборам учёта (если потребитель заявил производителю коммунальных услуг о таких причинах), иные сведения, свидетельствующие о действиях (бездействии) потреб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ителя, препятствующих производителю коммунальных услуг в проведении проверки. Производитель коммунальных услуг обязан передать один экземпляр акта потребителю и одновременно оформить материалы в судебные органы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>е) производитель коммунальных услуг обязан в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> течение 10-ти календарных дней после получения от потребителя, в отношении которого оставлен акт об отказе в допуске к прибору учёта, заявления о готовности допустить производителя коммунальных услуг в помещение для проверки, составить акт проверки и пере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>дать один экземпляр акта потребителю. Акт проверки подписывается производителем коммунальных услуг и потребителем, а в случае отказа потребителя от подписания акта - производителем коммунальных услуг и двумя незаинтересованными лицами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок перерасчё</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>та размера платы за отдельные виды коммунальных услуг за период временного отсутствия потребителей в занимаемом жилом помещении, не оборудованном индивидуальным и (или) общим (квартирным) комнатным прибором учёта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">48. При временном отсутствии потребителя в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>жилом помещении, индивидуальном жилом доме более 5-ти календарных дней подряд осуществляется перерасчет размера платы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) за сбор и вывоз твердых бытовых отходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) за электрическую энергию, потребленную в местах общего пользования многоквартирного жилого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> дома, и на функционирование лифтов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) за холодное водоснабжение, подогрев воды, горячее водоснабжение, водоотведение (канализация), электроснабжение, газоснабжение в жилых помещениях многоквартирных жилых домов, индивидуальных жилых домах, не оборудованн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ых индивидуальным прибором учета соответствующего вида коммунальных услуг, исходя из нормативов потребления коммунальных услуг, утверждаемых уполномоченными Правительством Приднестровской Молдавской Республики исполнительными органами государственной власт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>и.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>49. Размер платы за коммунальную услугу по водоотведению (канализация) подлежит перерасчету в том случае, если осуществляется перерасчёт размера платы за коммунальную услугу по холодному водоснабжению и (или) подогреву воды, горячему водоснабжению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">50. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Перерасчет размера платы за услуги по теплоснабжению и газоснабжению на цели отопления жилых помещений не осуществляется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>51. Перерасчет размера платы за коммунальные услуги производится на основании письменного заявления с представлением оригиналов докуме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>нтов либо электронных документов, подписанных квалифицированной электронной подписью, подтверждающих временное отсутствие потребителя по месту жительства (пребывания), поданных непосредственно производителю коммунальных услуг не позднее 60 (шестидесяти) ка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>лендарных дней со дня получения заявителем документов, подтверждающих временное отсутствие потребителей по месту жительства (пребывания).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Заявление о перерасчете с подтверждающими документами может быть подано:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">а) собственником либо нанимателем жилого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>помещения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) гражданами, зарегистрированными по месту жительства отсутствующего потребителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) супругом (супругой), близким родственником отсутствующего потребителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) отсутствовавшими потребителями после окончания периода их временного отсутствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>д) п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>редставителем, уполномоченным в порядке, предусмотренном гражданским законодательством Приднестровской Молдавской Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>В заявлении о перерасчете указываются фамилия, имя и отчество (при наличии) каждого отсутствующего потребителя, дата начала его от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>сутствия (дата выбытия) и в случае наличия информации - дата окончания периода отсутствия (дата прибытия).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>52. Документами, подтверждающими временное отсутствие потребителей по месту жительства (пребывания) могут являться:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) копия командировочного удостов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ерения с отметками о дате прибытия (выбытия) командированного лица или справка о служебной командировке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) справка о нахождении на лечении в лечебно-профилактическом учреждении стационарного типа или на санаторно-курортном лечении, выдаваемая лечебно-проф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>илактическим учреждением стационарного типа либо санаторно-курортной организацией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) проездные документы, оформленные на имя потребителя (в случае если имя потребителя указывается в таких документах в соответствии с правилами их оформления);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) счета за п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>роживание в гостинице, общежитии или другом месте временного пребывания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>е) справка организации, осуществляющей вневедомственную охрану жилого помещения, в котором потребитель временно отсутствовал, подтверждающая начало и окончание периода, в течение кото</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>рого жилое помещение находилось под непрерывной охраной и пользование которым не осуществлялось (при наличии возможности выдачи такой справки организацией, осуществляющей вневедомственную охрану жилого помещения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>д) справка органа, в ведении которого наход</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ятся вопросы миграции, о подтверждении факта отсутствия гражданина по месту регистрации на территории Приднестровской Молдавской Республики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ж) документ, подтверждающий обучение в организациях высшего профессионального и организациях среднего профессиональ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">ного образования, расположенных вне населенного пункта постоянного проживания, обучающегося (с ежегодным подтверждением факта обучения в учебном заведении подписью должностного лица), а также справка, подтверждающая период временного пребывания гражданина </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>по месту нахождения детского дома, школы-интерната и иных организаций с постоянным пребыванием воспитанников (обучающихся);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>з) заграничный паспорт с отметкой о пересечении государственной границы иностранного государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>и) копия приговора суда, вступивше</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>го в законную силу (в случае отбывания наказания в местах лишения свободы) или справка из мест отбывания наказания в местах лишения свободы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>к) разрешение на работу в иностранном государстве (рабочая виза) или иной документ, подтверждающий право на осущест</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>вление трудовой деятельности в иностранном государстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>л) сведения из единой государственной системы сбора и систематизации информации о гражданах Приднестровской Молдавской Республики, трудоустроенных за пределами Приднестровской Молдавской Республики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>м) документ иностранного государства, подтверждающий временное пребывание и (или) проживание на его территории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>н) копия решения суда об установлении факта, имеющего юридическое значение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>53. Документы, выполненные на иностранном языке, не являющемся офици</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>альным языком Приднестровской Молдавской Республики, представляются с нотариально удостоверенным переводом на один из официальных языков Приднестровской Молдавской Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>54. Производитель коммунальных услуг с использованием технических средств снимае</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>т копии с представленных оригиналов документов, сканирует либо иным способом создает образы электронных документов с целью хранения необходимой информации в электронном виде, после чего возвращает оригинал такого документа заявителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Производитель коммунал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ьных услуг вправе проверять подлинность представленных документов, а также полноту и достоверность содержащихся в них сведений, в том числе путем направления официальных запросов в выдавшие их органы и организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>55. Перерасчет размера платы за коммуналь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ные услуги осуществляется производителем коммунальных услуг в течение 15 (пятнадцати) календарных дней после получения письменного заявления с представлением документов, подтверждающих временное отсутствие потребителя по месту жительства (пребывания).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>В сл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>учае наличия информации о дате окончания периода отсутствия (дате прибытия) перерасчет размера платы за коммунальные услуги производится исходя из количества календарных дней периода временного отсутствия потребителя, не включая день выбытия из жилого поме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>щения и день прибытия в жилое помещение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>В случае отсутствия информации о дате окончания периода отсутствия (дате прибытия) перерасчет размера платы за коммунальные услуги производится исходя из количества календарных дней периода временного отсутствия пот</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ребителя до дня поступления заявления о перерасчете, не включая день выбытия из жилого помещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Исключен(-а)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Во всех случаях производитель коммунальных услуг осуществляет перерасчет размера платы за коммунальные услуги за период временного отсутствия, по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>дтвержденный представленными документами, с учетом ранее начисленных потребителю платежей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Период перерасчета не может превышать 5 (пять) лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">56. В случае, если на период временного отсутствия потребителя производителем коммунальных услуг по обращению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>потребителя было произведено отключение и опломбирование запорной арматуры, отделяющей внутриквартирное оборудование в жилом помещении потребителя от внутридомовых инженерных систем, и после возвращения потребителя производителем коммунальных услуг, в ходе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> проведенной им проверки, был установлен факт сохранности установленных пломб по окончании периода временного отсутствия, то перерасчет размера платы за коммунальные услуги производится без представления потребителем документов, подтверждающих отсутствие п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>отребителей по месту жительства (пребывания).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>57. Результаты перерасчета размера платы за коммунальные услуги отражаются в очередном платежном документе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42690 lines deleted...]
-        <w:t xml:space="preserve"> а) пункта 1 настоящего Приложения».</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>8-1. Порядок перерасчета размера платы за коммунальные услуги, потребленные в жилых помещениях в много</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квартирном жилом доме, индивидуальном жилом доме, оборудованных индивидуальным прибором учета, в которых зарегистрированы лица, которым в соответствии с законодательством Приднестровской Молдавской Республики предоставляются льготы по оплате коммунальных у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>слуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>57-1. При временном отсутствии (более 5 (пяти) календарных дней подряд (без учета дня выбытия и дня прибытия)) лиц, зарегистрированных по месту пребывания или по месту жительства в жилом помещении в многоквартирном жилом доме, индивидуальном жилом дом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">е, оборудованном индивидуальным прибором учета, в котором зарегистрированы лица, которым в соответствии с законодательством Приднестровской Молдавской Республики предоставляются льготы по оплате коммунальных услуг, может быть произведен перерасчет размера </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>платы за коммунальные услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Перерасчет размера платы за коммунальные услуги производится на основании письменного заявления, с представлением документов, удостоверяющих личность заявителя, а также ориг</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...4 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>иналов документов либо электронных документов, подпис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>анных квалифицированной электронной подписью, подтверждающих временное отсутствие потребителей по месту жительства (пребывания), поданных непосредственно производителю коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Заявление о перерасчете может быть подано:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) собственником либо нан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>имателем жилого помещения в многоквартирном жилом доме, индивидуального жилого дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) представителем, уполномоченным в порядке, предусмотренном гражданским законодательством Приднестровской Молдавской Республики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) супругом (супругой), близким родственн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>иком отсутствующего потребителя, а также гражданами, зарегистрированными по месту жительства (пребывания) отсутствующего потребителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) отсутствовавшим потребителем после окончания периода его временного отсутствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>В заявлении о перерасчете указываются ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>амилия, имя и отчество (при наличии) каждого отсутствующего потребителя, дата начала его отсутствия (дата выбытия) и дата окончания периода отсутствия (дата прибытия).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>57-2. Перерасчет производится за полный календарный месяц отсутствия потребителей и на с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ледующий месяц после предоставления услуг, при этом документами, подтверждающими временное отсутствие по месту жительства (пребывания), являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) копия командировочного удостоверения с отметками о дате прибытия (выбытия) командированного лица или справк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а о служебной командировке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) справка о нахождении на лечении в лечебно-профилактическом учреждении стационарного типа или на санаторно-курортном лечении, выдаваемая лечебно-профилактическим учреждением стационарного типа либо санаторно-курортной организа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>цией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) проездные документы, оформленные на имя потребителя (в случае если имя потребителя указывается в таких документах в соответствии с правилами их оформления);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) счета за проживание в гостинице, общежитии или другом месте временного пребывания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>д) с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>правка органа, в ведении которого находятся вопросы миграции, о подтверждении факта отсутствия гражданина по месту регистрации на территории Приднестровской Молдавской Республики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>е) документ, подтверждающий обучение в организациях высшего профессиональног</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>о и организациях среднего профессионального образования, расположенных вне населенного пункта постоянного проживания обучающегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ж) сведения из единой государственной системы сбора и систематизации информации о гражданах Приднестровской Молдавской Респуб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>лики, трудоустроенных за пределами Приднестровской Молдавской Республики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>з) заграничный паспорт с отметкой о пересечении государственной границы иностранного государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>и) документ иностранного государства, подтверждающий временное пребывание и (или) пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>оживание на его территории, выданный государственным органом иностранного государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>При отсутствии более 1 (одного) месяца документы, перечисленные в части первой настоящего пункта, необходимо предоставлять ежемесячно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>57-3. Перерасчет производится в те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>чение года при отсутствии потребителей с предоставлением следующих подтверждающих временное отсутствие по месту жительства (пребывания) документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) копия приговора суда, вступившего в законную силу (в случае отбывания наказания в местах лишения свободы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> или справка из мест отбывания наказания в местах лишения свободы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) справка о прохождении военной службы по призыву (контракту);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">в) справка, подтверждающая период временного пребывания гражданина по месту нахождения детского дома, школы-интерната и иных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>организаций с постоянным пребыванием воспитанников (обучающихся).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Документы, перечисленные в части первой настоящего пункта, предоставляются ежегодно для перерасчета будущего периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">57-4. Документы, выполненные на иностранном языке, не являющемся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>официальным языком Приднестровской Молдавской Республики, предоставляются с нотариально удостоверенным переводом на один из официальных языков Приднестровской Молдавской Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>57-5. Производитель коммунальных услуг с использованием технических средст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в снимает копии с представленных оригиналов документов, сканирует либо иным способом создает образы электронных документов с целью хранения необходимой информации в электронном виде, после чего возвращает оригинал такого документа заявителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">Производитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>коммунальных услуг вправе проверять подлинность представленных документов, а также полноту и достоверность содержащихся в них сведений, в том числе путем направления официальных запросов в выдавшие их органы и организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>57-6. Перерасчет размера платы за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> коммунальные услуги осуществляется производителем коммунальных услуг в течение 15 (пятнадцати) календарных дней после получения письменного заявления с представлением документов, подтверждающих временное отсутствие потребителя по месту жительства (пребыва</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ния).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Результат перерасчета размера платы за коммунальные услуги может учитываться в качестве авансового платежа и отражается в очередном платежном документе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Случаи и основания изменения размера платы за коммунальные услуги при предоставлении коммуналь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ных услуг ненадлежащего качества и (или) с перерывами, превышающими установленную продолжительность, а также при перерывах в предоставлении коммунальных услуг для проведения ремонтных и профилактических работ в пределах установленной продолжительности пере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>рывов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">58. При предоставлении в отчётном периоде потребителю в жилом или нежилом помещении или на общедомовые нужды в многоквартирном доме коммунальной услуги ненадлежащего качества и (или) с перерывами, превышающими установленную продолжительность, размер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>платы за такую коммунальную услугу за отчётный период подлежит уменьшению вплоть до полного освобождения потребителя от оплаты такой услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">Требования к качеству коммунальных услуг, допустимые отступления от этих требований и допустимая продолжительность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>перерывов предоставления коммунальных услуг, а также условия и порядок изменения размера платы за коммунальные услуги, при предоставлении коммунальных услуг ненадлежащего качества и (или) с перерывами, превышающими установленную продолжительность, приведен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ы в Приложении № 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">59. При перерывах в предоставлении коммунальной услуги, превышающих установленную продолжительность, а также при перерывах в предоставлении коммунальной услуги для проведения ремонтных и профилактических работ, в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>пределах установленной продолжительности перерывов, размер платы за такую коммунальную услугу, рассчитываемый при отсутствии общедомового, общего (квартирного), комнатного, индивидуального прибора учёта соответствующего вида коммунального ресурса, снижаетс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>я на размер платы за объём непредоставленной коммунальной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>60. Объём (количество) не предоставленной в течение расчётного периода коммунальной услуги потребителю в жилом или нежилом помещении, при отсутствии индивидуального прибора учёта соответству</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ющего вида коммунального ресурса рассчитывается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) исходя из продолжительности непредоставления коммунальной услуги и норматива потребления коммунальной услуги – для жилых помещений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) исходя из продолжительности непредоставления коммунальной услуги, опр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>еделённой исходя из расчётного объёма коммунального ресурса – для нежилых помещений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Объём (количество) непредоставленной коммунальной услуги теплоснабжения рассчитывается только в случаях, когда многоквартирный дом не оборудован общедомовым прибором учёта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> тепловой энергии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>61. При предоставлении в расчётном периоде коммунальной услуги ненадлежащего качества, размер платы за такую коммунальную услугу, определённый за расчётный период в соответствии с Приложением № 2 к настоящим Правилам, подлежит уменьшению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> на размер платы, исчисленный суммарно за каждый период (день) предоставления такой коммунальной услуги ненадлежащего качества, в случаях, предусмотренных Приложением № 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Размер платы, исчисленный суммарно за каждый период предоставле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ния коммунальной услуги ненадлежащего качества, определяется как произведение размера платы за коммунальную услугу, определённого за расчётный период в соответствии с Приложением № 2 к настоящим Правилам, и отношения продолжительности предоставления коммун</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>альной услуги ненадлежащего качества в указанном расчётном периоде к общей продолжительности предоставления коммунальной услуги в таком расчётном периоде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок установления факта предоставления коммунальных услуг ненадлежащего качества и (или) с пер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ерывами, превышающими установленную продолжительность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>62. При обнаружении производителем коммунальных услуг факта предоставления коммунальных услуг ненадлежащего качества и (или) с перерывами, превышающими установленную продолжительность (далее - нарушение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> качества коммунальных услуг) всем или части потребителей в связи с нарушениями (авариями), возникшими в работе внутридомовых инженерных систем и (или) централизованных сетей инженерно-технологического обеспечения, производитель коммунальных услуг обязан з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>арегистрировать в электронном и (или) бумажном журнале регистрации таких фактов, дату, время начала и причины нарушения качества коммунальных услуг (если они известны производителю коммунальных услуг). Если производителю коммунальных услуг такие причины не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>известны, то он обязан незамедлительно принять меры к их выяснению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>В течение 8 часов с момента обнаружения указанных фактов, производитель коммунальных услуг обязан проинформировать потребителей о причинах и предполагаемой продолжительности нарушения каче</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ства коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Дату и время возобновления предоставления потребителю коммунальных услуг надлежащего качества производитель коммунальных услуг обязан зарегистрировать в электронном и (или) бумажном журнале учёта таких фактов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>63. При обнаружении ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>акта нарушения качества коммунальной услуги, потребитель уведомляет об этом аварийно-диспетчерскую службу производителя коммунальных услуг или иную службу, указанную производителем коммунальных услуг (далее - аварийно-диспетчерская служба).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>64. Сообщение о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> нарушении качества коммунальной услуги может быть сделано потребителем в письменной форме или устно (в том числе по телефону) и подлежит обязательной регистрации аварийно-диспетчерской службой. При этом потребитель обязан сообщить свои фамилию, имя и отче</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ство, точный адрес помещения, где обнаружено нарушение качества коммунальной услуги и вид такой коммунальной услуги. Сотрудник аварийно-диспетчерской службы обязан сообщить потребителю сведения о лице, принявшем сообщение потребителя (фамилию, имя и отчест</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>во), номер, за которым зарегистрировано сообщение потребителя, и время его регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>65. В случае если сотруднику аварийно-диспетчерской службы известны причины нарушения качества коммунальной услуги, он обязан сообщить об этом обратившемуся потребителю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> и сделать соответствующую отметку в журнале регистрации сообщений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>66. В случае если сотруднику аварийно-диспетчерской службы не известны причины нарушения качества коммунальной услуги, он обязан согласовать с потребителем дату и время проведения проверки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> факта нарушения качества коммунальной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Время проведения проверки в случае, указанном в настоящем пункте, назначается не позднее 2 часов с момента получения от потребителя сообщения о нарушении качества коммунальной услуги, если с потребителем не со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>гласовано иное время.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>67. По окончании проверки составляется акт проверки. Если в ходе проверки будет установлен факт нарушения качества коммунальной услуги, то в акте проверки указываются дата и время проведения проверки, выявленные нарушения параметров к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ачества коммунальной услуги, использованные в ходе проверки методы (инструменты) выявления таких нарушений, выводы о дате и времени начала нарушения качества коммунальной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Если в ходе проверки факт нарушения качества коммунальной услуги не подтверди</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>тся, то в акте проверки указывается об отсутствии факта нарушения качества коммунальной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">Если в ходе проверки возник спор относительно факта нарушения качества коммунальной услуги и (или) величины отступления от установленных в Приложении № 1 к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>настоящим Правилам параметров качества коммунальной услуги, то акт проверки составляется в соответствии с пунктом 68 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Акт проверки составляется в количестве экземпляров по числу заинтересованных лиц, участвующих в проверке, подписывается т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>акими лицами (их представителями), один экземпляр акта передается потребителю (или его представителю), второй экземпляр остается у производителя коммунальных услуг, остальные экземпляры передаются заинтересованным лицам, участвующим в проверке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>При уклонен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ии кого-либо из заинтересованных участников проверки от подписания акта проверки, такой акт подписывается другими участниками проверки и не менее чем 2-мя незаинтересованными лицами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>68. Если в ходе проверки между потребителем (или его представителем) и пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>оизводителем коммунальных услуг, иными заинтересованными участниками проверки возник спор относительно факта нарушения качества коммунальной услуги и (или) величины отступления от установленных в Приложении № 1 к настоящим Правилам параметров качества комм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>унальной услуги, то потребитель и производитель коммунальных услуг, иные заинтересованные участники проверки определяют в соответствии с настоящим пунктом порядок проведения дальнейшей проверки качества коммунальной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">Любой заинтересованный участник </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>проверки вправе инициировать проведение экспертизы качества коммунальной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Если для проведения экспертизы качества коммунальной услуги необходим отбор образца соответствующего коммунального ресурса, то производитель коммунальных услуг обязан произвес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ти или организовать проведение отбора такого образца. В этом случае в акте проверки должно быть указано, кем инициировано проведение экспертизы, кем, в каких условиях и в какую ёмкость произведен отбор образца, каковы параметры качества отобранного образца</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> (если их возможно определить), в какие сроки, куда и каким участником проверки отобранный образец должен быть передан для проведения экспертизы, порядок уведомления заинтересованных участников проверки о результатах экспертизы. Производитель коммунальных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>услуг обязан получить и приобщить к акту проверки экспертное заключение, содержащее результаты экспертизы, а также не позднее трёх рабочих дней с даты получения экспертного заключения передать его копии всем заинтересованным участникам проверки, которые уч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>аствовали в проверке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">Если проведение экспертизы качества предоставления коммунальной услуги возможно в месте её предоставления, то потребитель и производитель коммунальных услуг, иные заинтересованные участники проверки определяют дату и время проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>повторной проверки качества коммунальной услуги с участием приглашенного эксперта. В этом случае в акте проверки должны быть указаны дата и время проведения повторной проверки, кем инициировано проведение экспертизы, каким участником проверки будет приглаш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ен эксперт, из какой организации должен быть приглашен эксперт (если это определено заинтересованными участниками проверки на момент составления акта проверки).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Расходы на проведение экспертизы, инициированной потребителем, несёт производитель коммунальных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> услуг. Если в результате экспертизы, инициированной потребителем, установлено отсутствие факта нарушения качества коммунальной услуги, то потребитель обязан возместить производителю коммунальных услуг расходы на её проведение. Расходы на проведение экспер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>тизы, инициированной иным участником проверки, несёт такой участник.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Если ни один из заинтересованных участников проверки не инициировал проведение экспертизы качества коммунальной услуги, но при этом между потребителем и производителем коммунальных услуг,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> иными заинтересованными участниками проверки существует спор относительно факта нарушения качества коммунальной услуги и (или) величины отступления от установленных в Приложении № 1 к настоящим Правилам параметров качества коммунальной услуги, то определя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ются дата и время проведения повторной проверки качества коммунальной услуги с участием приглашенных производителем представителей Государственной службы надзора, представителей общественного объединения потребителей. В этом случае в акте проверки должны б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ыть указаны дата и время проведения повторной проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Акт повторной проверки подписывается помимо заинтересованных участников проверки также представителем Государственной службы. Указанным представителям вручаются по одному экземпляру акта повторной про</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>верки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>69. Датой и временем, начиная с которого считается, что коммунальная услуга предоставляется с нарушениями качества, являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) дата и время обнаружения производителем коммунальных услуг факта нарушения качества коммунальной услуги всем или части п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>отребителей, указанные в журнале учета таких фактов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) дата и время доведения потребителем до сведения аварийно-диспетчерской службы сообщения о факте нарушения качества коммунальной услуги, указанные производителем коммунальных услуг в журнале регистраци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>и сообщений потребителей, если в ходе проведённой в соответствии с настоящим разделом проверки такой факт будет подтверждён, в том числе по результатам проведённой экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>70. Период нарушения качества коммунальной услуги считается оконченным:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) с дат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ы и времени установления производителем коммунальных услуг факта возобновления предоставления коммунальной услуги надлежащего качества всем потребителям, указанных производителем коммунальных услуг в соответствии с пунктом 62 настоящих Правил в журнале рег</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>истрации таких фактов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) с даты и времени доведения потребителем до сведения аварийно-диспетчерской службы сообщения о возобновлении предоставления ему коммунальной услуги надлежащего качества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">в) с даты и времени, указанных в акте о результатах проверки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>по итогам устранения причин нарушения качества коммунальной услуги, составленном в соответствии с пунктом 71 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">71. После устранения причин нарушения качества коммунальной услуги производитель коммунальных услуг обязан удостовериться в том, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>что потребителю предоставляется коммунальная услуга надлежащего качества в необходимом объёме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Для этого производитель коммунальных услуг в согласованное с потребителем время обязан прибыть в помещение потребителя, провести проверку и составить акт о резул</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ьтатах проверки по итогам устранения причин нарушения качества коммунальной услуги, который подписывается потребителем (или его представителем) и производителем коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Если в соответствии с законодательством Приднестровской Молдавской Республи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ки для подтверждения качества предоставляемой коммунальной услуги требуется проведение экспертизы, производитель коммунальных услуг организует проведение такой экспертизы и несёт расходы на её проведение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>При уклонении потребителя от согласования времени п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>роведения проверки производителем коммунальных услуг, а равно при уклонении потребителя от подписания акта о результатах проверки по итогам устранения причин нарушения качества коммунальной услуги производителем коммунальных услуг составляет такой акт, кот</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>орый подписывается производителем коммунальных услуг и не менее 2 незаинтересованными лицами. Указанный акт составляется в 2 экземплярах, один из которых передается потребителю (или его представителю).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>При проведении указанной проверки и составлении акта о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> результатах проверки по итогам устранения причин нарушения качества коммунальной услуги могут участвовать также представители государственной жилищной инспекции, общественного объединения потребителей, если они принимали участие в проверке факта нарушения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> качества коммунальной услуги или если их участие в проверке устранения причин нарушения качества коммунальной услуги инициировано потребителем или производителем коммунальных услуг. В этом случае производитель коммунальных услуг обязан уведомить указанных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> лиц о дате и времени проведения проверки устранения причин нарушения качества коммунальной услуги. Указанные лица вправе отказаться от участия в такой проверке, уведомив об этом производителя коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Приостановление или ограничение предост</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>авления коммунальных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>72. При ограничении предоставления коммунальной услуги, производитель коммунальных услуг временно уменьшает объём (количество) подачи потребителю коммунального ресурса соответствующего вида и (или) вводит график предоставления ко</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ммунальной услуги в течение суток.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>При приостановлении предоставления коммунальной услуги, производитель коммунальных услуг временно прекращает подачу потребителю коммунального ресурса соответствующего вида.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Приостановление или ограничение предоставления к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>оммунальных услуг не является расторжением договора, содержащего положения о предоставлении коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>73. Производитель коммунальных услуг ограничивает или приостанавливает предоставление коммунальных услуг без предварительного уведомления потреб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ителя в случае:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) возникновения или угрозы возникновения аварийной ситуации в централизованных сетях инженерно-технического обеспечения, по которым осуществляются водо-, тепло-, электро- и газоснабжение, а также водоотведение – с момента возникновения или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> угрозы возникновения такой аварийной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) возникновения стихийных бедствий и (или) чрезвычайных ситуаций, а также при необходимости их локализации и устранения последствий - с момента возникновения таких ситуаций, а также с момента возникновения т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>акой необходимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">в) выявления факта несанкционированного подключения внутриквартирного оборудования потребителя к внутридомовым инженерным системам или централизованным сетям инженерно-технического обеспечения - с момента выявления несанкционированного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>подключения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">г) использования потребителем бытовых машин (приборов, оборудования), мощность подключения которых превышает максимально допустимые нагрузки, рассчитанные производителем коммунальных услуг исходя из технических характеристик внутридомовых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>инженерных систем и доведённые до сведения потребителей, - с момента выявления нарушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>д) получения производителем коммунальных услуг предписания органа, уполномоченного осуществлять государственный контроль и надзор за соответствием внутридомовых инжен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ерных систем и внутриквартирного оборудования установленным требованиям, о необходимости введения ограничения или приостановления предоставления коммунальной услуги, в том числе предписания исполнительного органа государственной власти Приднестровской Молд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>авской Республики, уполномоченного на осуществление государственного контроля за соответствием качества, объёма и порядка предоставления коммунальных услуг установленным требованиям, о неудовлетворительном состоянии внутридомовых инженерных систем или внут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>риквартирного оборудования, угрожающем аварией или создающем угрозу жизни и безопасности граждан - со дня, указанного в документе соответствующего органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>74. В случаях, указанных в подпунктах "а" и "б" пункта 73 настоящих Правил, производитель коммунальны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>х услуг услуг обязан зарегистрировать в журнале учёта дату, время начала (окончания) и причины ограничения или приостановления предоставления коммунальных услуг, а также в течение восьми часов с даты ограничения или приостановления предоставления коммуналь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ных услуг проинформировать потребителей о причинах и предполагаемой продолжительности ограничения или приостановления предоставления коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>75. Исполнитель услуг ограничивает или приостанавливает предоставление коммунальной услуги, предварител</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ьно уведомив об этом потребителя, в случае:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) в случаях невнесения потребителем платы за коммунальные услуги в течение четырех месяцев подряд;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) проведения планово-профилактического ремонта и работ по обслуживанию централизованных сетей инженерно-техниче</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ского обеспечения и (или) внутридомовых инженерных систем, относящихся к общему имуществу собственников помещений в многоквартирном доме, – через три календарных дня после письменного предупреждения (уведомления) потребителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>76. Действия по ограничению ил</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>и приостановлению предоставления коммунальных услуг не должны приводить к:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) повреждению общего имущества собственников помещений в многоквартирном доме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) нарушению установленных требований пригодности жилого помещения для постоянного проживания граждан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>77. Предоставление коммунальных услуг возобновляется в течение 2 календарных дней со дня устранения причин, указанных в подпунктах "а", "б" и "д" пункта 73 и пункте 75 настоящих Правил, в том числе со дня полного погашения задолженности или заключения со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>глашения о порядке погашения задолженности, если исполнитель не принял решение возобновить предоставление коммунальных услуг с более раннего момента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>78. Ограничение или приостановление исполнителем предоставления коммунальной услуги, которое может привест</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>и к нарушению прав на получение коммунальной услуги надлежащего качества потребителем, полностью выполняющим обязательства, установленные законодательством Приднестровской Молдавской Республики и договором, содержащим положения о предоставлении коммунальны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>х услуг, не допускается, за исключением случаев, указанных в подпунктах указанных в подпунктах "а", "б" и "д" пункта 73 и пункте 75 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Особенности предоставления коммунальной услуги по холодному питьевому водоснабжению через водоразборну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ю колонку</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>79. Предоставление коммунальной услуги по холодному водоснабжению через водоразборную колонку производится в соответствии с настоящими Правилами на основании соответствующего договора, содержащего положения о предоставлении коммунальных услуг, за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ключаемого исполнителем с потребителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>80. Обеспечение надлежащего технического состояния водоразборных колонок и их безопасная эксплуатация осуществляются исполнителем, а в случае нахождения водоразборной колонки в собственности потребителя – потребителе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>м самостоятельно или на основании соответствующего договора, заключаемого с исполнителем или с иной организацией, оказывающей такого рода услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>81. При наличии водоразборной колонки в собственности потребителя учет потребленной холодной воды и расчеты за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> потребленную холодную воду производятся исходя из показаний индивидуального прибора учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>82. При отсутствии у потребителя, в собственности которого находится водоразборная колонка, индивидуального прибора учета холодной воды размер платы за коммунальную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> услугу по холодному водоснабжению определяется исходя из норматива потребления коммунальной услуги по холодному водоснабжению через водоразборную колонку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>83. Потребители не вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) производить у водоразборных колонок мытье транспортных средств, животн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ых, а также стирку;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) самовольно, без разрешения исполнителя, присоединять к водоразборным колонкам трубы, шланги и иные устройства и сооружения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Особенности предоставления коммунальной услуги газоснабжения потребителей по централизованной сети газосн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>абжения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>84. Исполнитель осуществляет газоснабжение потребителя в жилом доме при наличии отвечающего установленным техническим требованиям бытового газопринимающего оборудования, вводного и внутреннего газопровода и другого необходимого внутридомового газов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ого оборудования (далее – внутридомовое газовое оборудование) в жилом доме и при соблюдении условий, указанных в пункте 86 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Исполнитель осуществляет газоснабжение потребителя в помещении в многоквартирном доме при наличии отвечающего устан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>овленным техническим требованиям бытового газопринимающего оборудования, вводного и внутреннего газопровода и другого необходимого внутриквартирного газового оборудования (далее – внутриквартирное газовое оборудование) и внутридомового газового оборудовани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>я в многоквартирном доме, а также при соблюдении условий, указанных в пункте 86 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>85. Потребитель обязан обеспечивать надлежащее техническое состояние и безопасную эксплуатацию внутридомового газового оборудования и внутриквартирного газово</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>го оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>86. Газоснабжение потребителей осуществляется при условии организованного исполнителем аварийно-диспетчерского обслуживания потребителей, а также надлежащего технического обслуживания и ремонта внутридомового и внутриквартирного газового о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>борудования, которые должны осуществляться исполнителем по соответствующим договорам, заключенным:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) в многоквартирном доме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">1) в отношении внутридомового газового оборудования в многоквартирном доме – с товариществом или кооперативом, управляющей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>организацией, а при непосредственном управлении многоквартирным домом – с собственниками помещений в многоквартирном доме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>2) в отношении внутриквартирного газового оборудования – с собственником жилого или нежилого помещения, а в отношении внутриквартирно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>го газового оборудования, установленного в жилом помещении государственного или муниципального жилищного фонда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>– с нанимателем такого жилого помещения – в части технического обслуживания и текущего ремонта такого оборудования, а с собственником такого жил</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ого помещения – в части капитального ремонта такого оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) в отношении внутридомового газового оборудования в индивидуальном жилом доме, – по договору с собственником индивидуального жилого дома, а в жилом доме государственного или муниципального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> жилищного фонда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>- с нанимателем – в части технического обслуживания и текущего ремонта такого оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>- с собственником – в части капитального ремонта такого оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>87. Помимо случая, предусмотренного пунктом 75 настоящих Правил, приостановл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ение подачи газа потребителям допускается в случае:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) отказа потребителем в допуске представителей исполнителя в занимаемое потребителем жилое или нежилое помещение для проведения контрольной проверки состояния внутридомового газового оборудования и (или)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> внутриквартирного газового оборудования - через 15 календарных дней после письменного предупреждения (уведомления) потребителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) отсутствия действующих договоров о техническом обслуживании и ремонте внутридомового газового оборудования и (или) внутриква</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ртирного газового оборудования, указанных в пункте 88 настоящих Правил, - через 15 календарных дней после письменного предупреждения (уведомления) потребителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">88. Работы по приостановлению и возобновлению подачи газа потребителю, устранению аварий (в том </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>числе локализации аварийных утечек газа) могут проводиться только производителем коммунальных услуг, осуществляющим техническое обслуживание и ремонт внутридомового газового оборудования и (или) внутриквартирного газового оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>89. Производитель ко</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ммунальных услуг, осуществляющий техническое обслуживание и ремонт внутридомового газового оборудования и (или) внутриквартирного газового оборудования, по заявлению потребителя об отключении и (или) подключении газопринимающего оборудования приостанавлива</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ет газоснабжение потребителя на срок проведения работ, но не более чем на срок, предусмотренный нормативами выполнения этих работ, утвержденными в соответствии с законодательством Приднестровской Молдавской Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>14.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ответственность исполнителя и пот</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ребителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>90. Исполнитель несёт установленную законодательством Приднестровской Молдавской Республики административную, уголовную или гражданско-правовую ответственность за:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) нарушение качества предоставления потребителю коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) вред, причи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ненный жизни, здоровью и имуществу потребителя вследствие нарушения качества предоставления коммунальных услуг, вследствие непредставления потребителю полной и достоверной информации о предоставляемых коммунальных услугах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) убытки, причинённые потребител</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ю в результате нарушения производителем прав потребителей, в том числе в результате договора, содержащего условия, ущемляющие права потребителя по сравнению с настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) моральный вред (физические или нравственные страдания), причинённый потр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ебителю вследствие нарушения производителем прав потребителей, предусмотренных действующим законодательством Приднестровской Молдавской Республики и настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>91. Исполнитель, допустивший нарушение качества предоставления коммунальной услуги вс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ледствие предоставления потребителю коммунальной услуги ненадлежащего качества и (или) с перерывами, превышающими установленную продолжительность, обязан произвести, в соответствии с положениями настоящих Правил, перерасчёт потребителю размера платы за так</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ую коммунальную услугу в сторону её уменьшения, вплоть до полного освобождения потребителя от оплаты такой услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>При этом потребитель вправе требовать уплаты неустоек (штрафов, пеней) в размере, указанном в Законе Приднестровской Молдавской Республики от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> 7 февраля 1995 года "О защите прав потребителей" (СЗМР 95-1), в случаях, указанных в пункте 98 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Исполнитель освобождается от ответственности за нарушение качества предоставления коммунальных услуг, если докажет, что такое нарушение произо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>шло вследствие обстоятельств непреодолимой силы или по вине потребителя. К обстоятельствам непреодолимой силы не относятся, в частности, нарушение обязательств со стороны контрагентов исполнителя или действия (бездействие) производителя, включая отсутствие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> у производителя необходимых денежных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>92. Вред, причиненный жизни, здоровью или имуществу потребителя вследствие нарушения качества предоставления коммунальных услуг или вследствие непредставления потребителю полной и достоверной информации о пред</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>оставляемых коммунальных услугах подлежит возмещению исполнителем в полном объёме при наличии вины исполнителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">Право требовать возмещения вреда, причинённого вследствие нарушения качества предоставления коммунальных услуг, признается за любым потерпевшим </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>независимо от того, состоял он в договорных отношениях с производителем или нет, в соответствии с действующим законодательством Приднестровской Молдавской Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">93. В случае причинения исполнителем ущерба жизни, здоровью и (или) имуществу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>потребителя, общему имуществу собственников помещений в многоквартирном доме, исполнитель и потребитель (или его представитель) составляют и подписывают акт о причинении ущерба жизни, здоровью и имуществу потребителя, общему имуществу собственников помещен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ий в многоквартирном доме, содержащий описание причинённого ущерба и обстоятельств, при которых такой ущерб был причинён.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Указанный акт должен быть составлен исполнителем и подписан им не позднее 24 часов с момента обращения потребителя в аварийно-диспетче</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>рскую службу, не считая выходных и праздничных дней, если указанное время приходится на эти дни. При невозможности подписания акта потребителем (или его представителем), в том числе по причине его отсутствия в занимаемом помещении, акт должен быть подписан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> помимо исполнителя двумя незаинтересованными лицами. Акт составляется в двух экземплярах, один из которых передается потребителю (или его представителю), второй – остается у исполнителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>94. Исполнитель несёт ответственность за вред, причинённый жизни, зд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>оровью или имуществу потребителя в связи с использованием материалов, оборудования, инструментов и иных средств, необходимых для предоставления коммунальных услуг, независимо от того, позволял уровень научных и технических знаний выявить их особые свойства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> или нет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Исполнитель освобождается от ответственности за причинение вреда, если докажет, что вред причинён вследствие непреодолимой силы или нарушения потребителем установленных правил потребления коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">95. Под убытками понимаются расходы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>которые потребитель, чьи права нарушены, произвёл или должен будет произвести для восстановления нарушенного права (реальный ущерб), а также неполученные доходы, которые это лицо получило бы при обычных условиях гражданского оборота, если бы его право не б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ыло нарушено (упущенная выгода).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Если иное не установлено законом, убытки, причинённые потребителю, подлежат возмещению в полной сумме сверх неустойки (пени), установленной законом или договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">Уплата неустойки (пени) и возмещение убытков не освобождают </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>исполнителя от исполнения возложенных на неё обязательств в натуре перед потребителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Исполнитель освобождается от ответственности за неисполнение обязательств или за ненадлежащее исполнение обязательств, если докажет, что неисполнение обязательств или их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> ненадлежащее исполнение произошло вследствие непреодолимой силы, а также по иным основаниям, предусмотренным законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Требования потребителя об уплате неустойки (пени), предусмотренной законом или договором, подлежат удовлетворению исполнителем в добровол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ьном порядке. При удовлетворении судом требований потребителя, установленных законом, суд вправе вынести решение о взыскании с исполнителя, нарушившего права потребителей, в соответствующий бюджет штрафа, в размере цены иска за несоблюдение добровольного п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>орядка удовлетворения требований потребителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>96. Если исполнителем вследствие нарушения прав потребителей, предусмотренных законодательством Приднестровской Молдавской Республики, в том числе настоящими Правилами, потребителю причинён моральный вред (физи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ческие или нравственные страдания), то по заявлению потребителя суд может возложить на исполнителя обязанность денежной компенсации указанного вреда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>Компенсация морального вреда осуществляется независимо от возмещения имущественного вреда и понесенных пот</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ребителем убытков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>97. Исполнитель не вправе без согласия потребителя выполнять дополнительные работы, оказывать услуги за плату. Потребитель вправе отказаться от оплаты таких работ (услуг), а если они оплачены, потребитель вправе потребовать от исполнител</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>я возврата уплаченной суммы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>98. При предоставлении исполнителем потребителю коммунальных услуг ненадлежащего качества и (или) с перерывами, превышающими установленную продолжительность, потребитель вправе потребовать от исполнителя уплаты неустоек (штрафо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в, пеней) в размере, указанном в Законе Приднестровской Молдавской Республики "О защите прав потребителей", в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) если исполнитель после заключения договора, содержащего положения о предоставлении коммунальных услуг, своевременно не прист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>упил к предоставлению коммунальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) если суммарное время перерывов в предоставлении коммунальных услуг за расчётный период превышает допустимые перерывы в предоставлении коммунальных услуг, установленные в Приложении № 1 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>в) е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>сли давление холодной или горячей воды и (или) температура горячей воды в точке водоразбора не отвечают требованиям, установленным в Приложении № 1 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>г) если давление газа в помещении потребителя не соответствует требованиям, установлен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ным в Приложении № 1 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>д) если параметры напряжения и частоты в электрической сети в помещении потребителя не отвечают требованиям, установленным действующим законодательством Приднестровской Молдавской Республики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>е) если температура в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>оздуха в помещении потребителя (в том числе в отдельной комнате в квартире) ниже значений, установленных в Приложении № 1 к настоящим Правилам и (или) если давление во внутридомовой системе теплоснабжения меньше значения, указанного в Приложении № 1 к наст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>оящим Правилам. Если иное не установлено договором, потребитель вправе потребовать от производителя уплаты неустоек (штрафов, пеней) за некачественное теплоснабжение в случае проведения потребителем мероприятий по подготовке жилого помещения к эксплуатации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> в осенне-зимний период (установка уплотняющих прокладок в притворах оконных и дверных проёмов, замена разбитых стекол, утепление входных дверей в помещение и так далее);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ж) если в аварийно-диспетчерской службе отсутствует регистрация сообщения потребителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve"> о нарушении качества предоставления коммунальных услуг или их непредставлении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>з) в других случаях, предусмотренных договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t xml:space="preserve">99. Потребитель несёт установленную законодательством Приднестровской Молдавской Республики гражданско-правовую ответственность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>за:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а) невнесение или несвоевременное внесение платы за коммунальные услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>б) вред, причинённый жизни, здоровью и имуществу производителя или иных потребителей вследствие ненадлежащей эксплуатации внутриквартирного оборудования (для потребителя в жилом и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>ли нежилом помещении в многоквартирном доме) или внутридомовых инженерных систем (для потребителя в жилом доме).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>15.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Контроль за соблюдением настоящих Правил</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:ind w:firstLine="480"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>100. Государственный надзор за соответствием качества, объёма и порядка предоставления коммунальны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>х услуг требованиям, установленным настоящими Правилами, осуществляется исполнительным органом государственной власти Приднестровской Молдавской Республики, уполномоченным Президентом Приднестровской Молдавской Республики на осуществление функций по надзор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>у за соблюдением законодательства в сфере жилищно-коммунального хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00F41012">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:t>Приложение №1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>к Правилам предоставления коммунальных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>услуг собственникам и пользователям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>мещений в многоквартирных жилых домах,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а также индивидуальных жилых домов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6E36" w:rsidRPr="00F41012" w:rsidRDefault="003927FE">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00F41012">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:t>Приложение №2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>к Правилам предоставления коммунальных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>услуг собственникам и пользователям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>омещений в многоквартирных жилых домах,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F41012">
+        <w:t>а также индивидуальных жилых домов</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007E6E36" w:rsidRPr="00F41012">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="003927FE">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="003927FE">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...21 lines deleted...]
-  <w:font w:name="Cambria Math">
+  <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...1147 lines deleted...]
-</w:numbering>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="003927FE">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="003927FE">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004D18AC"/>
-[...23 lines deleted...]
-    <w:rsid w:val="00ED60F9"/>
+    <w:rsidRoot w:val="007E6E36"/>
+    <w:rsid w:val="003927FE"/>
+    <w:rsid w:val="007E6E36"/>
+    <w:rsid w:val="00F41012"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{BD2E6EF6-7EAB-4922-8E3F-61DE4B42F82C}"/>
+  <w15:docId w15:val="{5E752ABD-33A1-418E-B907-C535838261C9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -44557,694 +6216,381 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006D28D1"/>
     <w:pPr>
-      <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="145"/>
-[...1 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:before="280" w:after="280"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Cambria"/>
       <w:b/>
-      <w:color w:val="000000"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="280"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Cambria"/>
+      <w:b/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="11">
-[...5 lines deleted...]
-    <w:rsid w:val="00E02914"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="59"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="head">
+    <w:name w:val="head"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="nolink">
+    <w:name w:val="nolink"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="plink">
+    <w:name w:val="plink"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="repealed">
+    <w:name w:val="repealed"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:strike/>
+      <w:color w:val="B65843"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="textdoc">
+    <w:name w:val="textdoc"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E02914"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:color w:val="0066CC"/>
+      <w:u w:val="single" w:color="0000FF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E02914"/>
+    <w:rsid w:val="00F41012"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F41012"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-    <w:name w:val="annotation text"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F41012"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00F41012"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:sz w:val="24"/>
     </w:rPr>
-  </w:style>
-[...108 lines deleted...]
-    <w:rsid w:val="006D28D1"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...122 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image113.png"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image295.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image59.png"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image155.png"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image320.png"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image362.png"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image166.png"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image222.png"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image264.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image70.png"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image124.png"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image331.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image177.png"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image233.png"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image275.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image135.png"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image286.png"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image300.png"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image342.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image81.png"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image146.png"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image188.png"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image202.png"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image244.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image104.png"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image311.jpeg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image353.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image92.png"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image157.png"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image213.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image255.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image115.png"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image266.png"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image322.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image61.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image126.png"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image364.jpeg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image168.png"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image224.jpeg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image277.png"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image72.jpeg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image137.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image179.png"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image235.png"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image246.png"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image288.png"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image302.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image83.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image106.png"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image344.png"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image148.png"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image190.png"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image204.png"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image257.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.png"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image313.png"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image355.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image94.png"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image117.png"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image159.png"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image215.png"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image226.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image63.png"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image268.png"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image324.png"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image128.png"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image170.png"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image237.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.png"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image258.png"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image279.png"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image314.png"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image335.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image74.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image95.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image97.png"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image118.png"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image139.png"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image160.png"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image181.png"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image346.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image206.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image227.jpeg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image248.png"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image269.png"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image290.jpeg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image304.png"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image325.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image64.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image85.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image108.png"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image129.png"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image150.png"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image171.png"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image336.png"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image357.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image192.png"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image196.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image217.png"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image238.png"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image259.png"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image280.png"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image315.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image75.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image98.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image119.png"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image140.png"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image326.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image86.png"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image161.png"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image182.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image347.png"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image207.png"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image228.png"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image249.png"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image270.png"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image291.png"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image305.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image65.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image109.png"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image130.png"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image316.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image76.png"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image151.png"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image172.png"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image193.png"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image337.png"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image358.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image197.png"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image218.png"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image239.png"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image260.png"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image281.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image99.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image120.png"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image306.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image66.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image87.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image141.png"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image162.png"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image183.png"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image327.png"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image348.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image208.png"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image229.png"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image250.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image110.png"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image271.png"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image292.png"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image296.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image77.png"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image131.png"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image152.png"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image173.png"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image194.png"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image317.png"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image338.png"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image359.png"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image198.png"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image219.png"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image240.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.jpeg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image261.jpeg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image282.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image100.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image121.png"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image142.png"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image163.png"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image184.png"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image307.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image328.png"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image349.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image67.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image88.png"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image209.png"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image230.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image251.png"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image272.png"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image293.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image111.png"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image132.png"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image153.png"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image174.png"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image297.png"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image318.png"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image339.png"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image360.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image78.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image195.png"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image199.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image220.png"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image241.png"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image262.png"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image283.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image101.png"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image122.png"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image143.png"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image164.png"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image308.png"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image329.png"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image350.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image68.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image89.png"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image185.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image210.png"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image231.png"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image252.png"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image273.png"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image294.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image112.png"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image133.png"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image154.jpeg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image298.png"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image319.png"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image340.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image58.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image79.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image175.png"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image361.png"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image186.jpeg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image200.png"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image221.png"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image242.png"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image263.png"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image284.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image102.png"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image123.png"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image309.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image69.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image90.png"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image144.png"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image165.png"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image330.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image351.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image176.png"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image211.png"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image232.png"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image253.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image274.png"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image299.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image80.png"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image134.png"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image341.png"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image187.png"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image201.png"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image243.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image103.png"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image285.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image145.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image310.png"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image352.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image91.png"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image156.png"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image212.png"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image254.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image60.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image114.png"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image321.png"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image363.jpeg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image167.png"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image223.png"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image265.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image125.png"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image276.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image332.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image71.png"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image136.png"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image178.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image234.png"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image287.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image301.png"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image343.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image82.png"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image147.jpeg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image189.png"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image203.png"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image245.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image105.png"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image256.png"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image312.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image93.png"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image116.png"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image354.png"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image158.png"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image214.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image267.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image62.png"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image127.png"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image323.png"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image169.png"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image225.jpeg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image236.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image73.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image96.png"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image278.png"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image334.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image138.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image180.png"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image247.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image289.png"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image303.png"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image345.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image84.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image107.png"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image149.png"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image191.png"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image205.png"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image356.png"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image216.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pravopmr.ru/Content/Documents/2023/pravit/2023-04-20_137_2_1_2.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pravopmr.ru/Content/Documents/2023/pravit/2023-04-20_137_1_1.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pravopmr.ru/View.aspx?id=Bk%2frfmbvRQek94jyIGMmHw%3d%3d" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...50 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln>
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
-          <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln>
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
-          <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln>
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
-          <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
-          <a:schemeClr val="phClr">
-[...2 lines deleted...]
-          </a:schemeClr>
+          <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...25 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>70</Pages>
-[...1 lines deleted...]
-  <Characters>146388</Characters>
+  <Pages>34</Pages>
+  <Words>16556</Words>
+  <Characters>94370</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1219</Lines>
-  <Paragraphs>343</Paragraphs>
+  <Lines>786</Lines>
+  <Paragraphs>221</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>171726</CharactersWithSpaces>
+  <CharactersWithSpaces>110705</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>